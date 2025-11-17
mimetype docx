--- v0 (2025-10-09)
+++ v1 (2025-11-17)
@@ -363,99 +363,99 @@
       <w:r w:rsidR="002D70FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00031350">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
       <w:r w:rsidR="002D70FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="191BB121" w14:textId="62676301" w:rsidR="008266B3" w:rsidRPr="00031350" w:rsidRDefault="008266B3" w:rsidP="00031350">
+    <w:p w14:paraId="191BB121" w14:textId="48B93786" w:rsidR="008266B3" w:rsidRPr="00031350" w:rsidRDefault="008266B3" w:rsidP="00031350">
       <w:pPr>
         <w:spacing w:before="9" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00031350">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(actualizado </w:t>
       </w:r>
-      <w:r w:rsidR="003A075E">
+      <w:r w:rsidR="000D66EF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>30</w:t>
+        <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="00031350">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00CF1689">
+      <w:r w:rsidR="002D6891">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>0</w:t>
+        <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="002D70FE">
+      <w:r w:rsidR="000D66EF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00031350">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.202</w:t>
       </w:r>
       <w:r w:rsidR="00CF1689">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00031350">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
@@ -1127,91 +1127,1400 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="58D1F98B" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="000C4077">
             <w:pPr>
               <w:ind w:firstLine="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C4077">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Inscripciones:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6520063D" w14:textId="21AF3005" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="000C4077">
+          <w:p w14:paraId="6520063D" w14:textId="21AF3005" w:rsidR="000C4077" w:rsidRDefault="000C4077" w:rsidP="000C4077">
             <w:pPr>
               <w:ind w:firstLine="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C4077">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:tooltip="https://urldefense.com/v3/__https://forms.office.com/e/Nhxs1JNRDC?origin=lprLink__;!!D9dNQwwGXtA!R8uNSAANI0mFbOD_ktygBmDyyzyQ5YAZS79ppNHyxGf8ZK7JyJVQKzURgLoXoY12nCPJk9eVf_SHHfUoo9FX50XMPPg$" w:history="1">
               <w:r w:rsidRPr="000C4077">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://forms.office.com/e/Nhxs1JNRDC?origin=lprLink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="000C4077">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>  </w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="217254A1" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Textoennegrita"/>
+              </w:rPr>
+              <w:t>Plazas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Textoennegrita"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> disponibles</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">: 20, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Textoennegrita"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>adjudicadas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Textoennegrita"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> por </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Textoennegrita"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>orden</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Textoennegrita"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Textoennegrita"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>inscripción</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Textoennegrita"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="445B2251" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000C4077" w:rsidRDefault="00703E7A" w:rsidP="000C4077">
+            <w:pPr>
+              <w:ind w:firstLine="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="7A7078CC" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="000C4F4F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00703E7A" w:rsidRPr="000E7E15" w14:paraId="0277EAC0" w14:textId="77777777" w:rsidTr="000D0E33">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="1428"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="287" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AAE612F" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000E7E15" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00031350">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>UdG</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED323C9" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000E7E15" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00031350">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dra. Marta </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00031350">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Padros</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00031350">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00031350">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00031350">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00031350">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Autònoma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00031350">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de Barcelona</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1510BC73" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000E7E15" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00031350">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MIPE-DIPE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="335" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E1A46DE" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00031350" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00031350">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Taller</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="111D8A3E" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000E7E15" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00031350">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>presencial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="855" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="354D2CF6" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000E7E15" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00031350">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Análisis de datos cualitativos con la asistencia de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00031350">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Atlas.ti</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="464" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CC2BB4C" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000E7E15" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10 de noviembre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05983BF6" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000E7E15" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11-14h</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1973" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C410ED4" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00031350" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00031350">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Facultat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00031350">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00031350">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>d'Educació</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00031350">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00031350">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Psicologia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00031350">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00031350">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>UdG</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="3AF09FF1" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00703E7A" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Inscripcions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> per </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>correu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>electrònic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vostres</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dades (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>nom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>cognoms</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>així</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>com</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>coneixements</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>d'Atlas.ti</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) a sec.ire@udg.edu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>abans</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> del 31 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>d'octubre</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E1FB543" w14:textId="3C34A111" w:rsidR="00703E7A" w:rsidRPr="00031350" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>L’aforament</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>de l</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">’aula </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>és</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>limitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, per </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>tant</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>seran</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>admeses</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> les primeres 24 persones que </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>s’apuntin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1179A33C" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000E7E15" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00703E7A" w:rsidRPr="000E7E15" w14:paraId="17F330EA" w14:textId="77777777" w:rsidTr="000C4077">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="1428"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="287" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="766A44F0" w14:textId="4BC3E47E" w:rsidR="00703E7A" w:rsidRPr="000C4077" w:rsidRDefault="00703E7A" w:rsidP="002B20A0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>UB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E38C80" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Shamaly</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Niño</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="244EBDBA" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Juan Carlos Castellanos</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65E396EF" w14:textId="7BD1604F" w:rsidR="00703E7A" w:rsidRPr="000C4077" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Universidad Autónoma de Baja California, México</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="67223074" w14:textId="161B8464" w:rsidR="00703E7A" w:rsidRDefault="00703E7A" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MIP-DIPE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="335" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="25A9C5FB" w14:textId="477BB285" w:rsidR="00703E7A" w:rsidRPr="000C4077" w:rsidRDefault="00703E7A" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Conferencia presencial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="855" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB9076F" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00703E7A" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Vacíos y rutas emergentes en la investigación sobre inteligencia artificial y educación</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D1D00FA" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000C4077" w:rsidRDefault="00703E7A" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="464" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CBB6C02" w14:textId="7E58BA3B" w:rsidR="00703E7A" w:rsidRPr="000C4077" w:rsidRDefault="00703E7A" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13 de noviembre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D2B65DD" w14:textId="6EFDBBBF" w:rsidR="00703E7A" w:rsidRPr="000C4077" w:rsidRDefault="00703E7A" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12h</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1973" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B522BBC" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000E7E15" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E7E15">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Facultat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E7E15">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E7E15">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Psicologia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="5A649B2B" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000E7E15" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E7E15">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E7E15">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de Barcelona</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60A1B296" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000E7E15" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7E15">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>El enlace al formulario de inscripción a la conferencia se hará público en su día en la Comunidad MIPE-DIPE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24EFA0A9" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000C4077" w:rsidRDefault="00703E7A" w:rsidP="000C4077">
+            <w:pPr>
+              <w:ind w:firstLine="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="7C58177C" w14:textId="77777777" w:rsidTr="002B20A0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1421"/>
         </w:trPr>
         <w:tc>
@@ -1220,50 +2529,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="210DCB4F" w14:textId="69DC74A8" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="009E7D93" w:rsidP="004A7C88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>UB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="42BD0C6A" w14:textId="3DA9F806" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="00126B23" w:rsidP="004A7C88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -2053,68 +3363,104 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C4077">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Curso práctico de comunicación para investigadores</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="464" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="14ABB884" w14:textId="40870995" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+          <w:p w14:paraId="14ABB884" w14:textId="5E8E7A2C" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C4077">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>20 y 21 de noviembre</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="000916A9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C4077">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y 2</w:t>
+            </w:r>
+            <w:r w:rsidR="000916A9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C4077">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de noviembre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="216" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="25284E9B" w14:textId="77777777" w:rsidR="000C4077" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C4077">
@@ -2210,57 +3556,67 @@
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C4077">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Facultad de Psicología de la UAB (sala B5/119)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DA8C4C0" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="000C4077">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00703E7A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Plazas disponibles: 10, adjudicadas por orden de inscripción</w:t>
+            </w:r>
             <w:r w:rsidRPr="000C4077">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Plazas disponibles: 10, adjudicadas por orden de inscripción.</w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17651EE9" w14:textId="7E73A8F8" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="000C4077">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C4077">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Plazo de solicitud: desde el lunes 6 de octubre a las 9:00 h hasta completar </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000C4077">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2301,952 +3657,754 @@
           </w:p>
           <w:p w14:paraId="544E429C" w14:textId="77777777" w:rsidR="000C4077" w:rsidRDefault="000C4077" w:rsidP="000C4F4F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="10B521B3" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="000E7E15" w:rsidRDefault="000C4077" w:rsidP="000C4F4F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="201DD2FB" w14:textId="77777777" w:rsidTr="000C4077">
+      <w:tr w:rsidR="00F913DF" w:rsidRPr="000E7E15" w14:paraId="6A6E90EE" w14:textId="77777777" w:rsidTr="00F913DF">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="1428"/>
+          <w:trHeight w:hRule="exact" w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="287" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB4A6D1" w14:textId="6A395390" w:rsidR="00211579" w:rsidRPr="000E7E15" w:rsidRDefault="00211579" w:rsidP="00211579">
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="1BDEB481" w14:textId="2CC203B8" w:rsidR="00F913DF" w:rsidRPr="000E7E15" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>UB</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49707CC3" w14:textId="1C3D0300" w:rsidR="00211579" w:rsidRPr="000E7E15" w:rsidRDefault="00211579" w:rsidP="00211579">
+          <w:p w14:paraId="03FE35F2" w14:textId="77777777" w:rsidR="00F913DF" w:rsidRPr="00F913DF" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F913DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dra. Verónica Pizarro Torres</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49BF74BB" w14:textId="4949338D" w:rsidR="00F913DF" w:rsidRDefault="00A24C6F" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00031350">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dra. Marta </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00031350">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00F913DF" w:rsidRPr="00F913DF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Padros</w:t>
-[...52 lines deleted...]
-              <w:t xml:space="preserve"> de Barcelona</w:t>
+              <w:t>Universidad de Chile</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="307" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B6F20B3" w14:textId="3E08B31A" w:rsidR="00211579" w:rsidRPr="000E7E15" w:rsidRDefault="00211579" w:rsidP="00211579">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:p w14:paraId="50EE08CB" w14:textId="178BC47E" w:rsidR="00F913DF" w:rsidRPr="000E7E15" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MIPE-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="335" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6ECBBA5E" w14:textId="77777777" w:rsidR="00211579" w:rsidRPr="00031350" w:rsidRDefault="00211579" w:rsidP="00211579">
-[...33 lines deleted...]
-              <w:t>presencial</w:t>
+          <w:p w14:paraId="56D42BF0" w14:textId="0B209F08" w:rsidR="00F913DF" w:rsidRPr="000E7E15" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Conferencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34F9449D" w14:textId="24F25CA7" w:rsidR="00211579" w:rsidRPr="000E7E15" w:rsidRDefault="00211579" w:rsidP="00211579">
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="7B1C4034" w14:textId="4D95B939" w:rsidR="00F913DF" w:rsidRPr="00F913DF" w:rsidRDefault="00F913DF" w:rsidP="00F913DF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F913DF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aprendizaje y Servicio en la Educación Superior Chilena: una </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24A66803" w14:textId="61F55641" w:rsidR="00F913DF" w:rsidRPr="000E7E15" w:rsidRDefault="00F913DF" w:rsidP="00F913DF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F913DF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>experiencia en el área de Costos e Impuestos en una universidad pública y una privada</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="464" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59CA1A6B" w14:textId="50397DD8" w:rsidR="00211579" w:rsidRPr="000E7E15" w:rsidRDefault="00211579" w:rsidP="00211579">
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w14:paraId="1EF0FC0E" w14:textId="22C4B8ED" w:rsidR="00F913DF" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t>Noviembre</w:t>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16 enero</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="216" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39645D7A" w14:textId="489DAB46" w:rsidR="00211579" w:rsidRPr="000E7E15" w:rsidRDefault="00211579" w:rsidP="00211579">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1E026B12" w14:textId="48758BBA" w:rsidR="00F913DF" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16-18h</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1973" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7006E4AA" w14:textId="63C0742B" w:rsidR="00211579" w:rsidRPr="00031350" w:rsidRDefault="00211579" w:rsidP="00211579">
-[...137 lines deleted...]
-          <w:p w14:paraId="5A62ECA8" w14:textId="77777777" w:rsidR="00211579" w:rsidRPr="000E7E15" w:rsidRDefault="00211579" w:rsidP="00211579">
+          <w:p w14:paraId="5DD25E0A" w14:textId="77777777" w:rsidR="00F913DF" w:rsidRPr="000E7E15" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="3A795100" w14:textId="77777777" w:rsidTr="000C4077">
+      <w:tr w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w14:paraId="3A795100" w14:textId="77777777" w:rsidTr="006413DA">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="287" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="700EEB96" w14:textId="727D21C6" w:rsidR="000C4F4F" w:rsidRPr="000E7E15" w:rsidRDefault="000C4F4F" w:rsidP="00260E37">
+          <w:p w14:paraId="700EEB96" w14:textId="42861FB5" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>UB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="67022A49" w14:textId="0304A31A" w:rsidR="000C4F4F" w:rsidRPr="000E7E15" w:rsidRDefault="00126B23" w:rsidP="00260E37">
+          <w:p w14:paraId="49491F75" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dra.</w:t>
             </w:r>
-            <w:r w:rsidR="000C4F4F" w:rsidRPr="000E7E15">
+            <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Brenda A. Lara-Subiabre</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0770C278" w14:textId="58E12D2E" w:rsidR="000C4F4F" w:rsidRPr="000E7E15" w:rsidRDefault="000C4F4F" w:rsidP="00260E37">
+          <w:p w14:paraId="0770C278" w14:textId="1548B7A1" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Universidad de Los Lagos, Chile)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="307" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0BE13B81" w14:textId="0DB5376A" w:rsidR="000C4F4F" w:rsidRPr="000E7E15" w:rsidRDefault="000E7E15" w:rsidP="00260E37">
+          <w:p w14:paraId="0BE13B81" w14:textId="5DB5444A" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MIPE</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="335" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5AB48965" w14:textId="71F63B18" w:rsidR="000C4F4F" w:rsidRPr="000E7E15" w:rsidRDefault="000C4F4F" w:rsidP="00260E37">
+          <w:p w14:paraId="5AB48965" w14:textId="2376F994" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Conferencia presencial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5B07D71C" w14:textId="268F254A" w:rsidR="000C4F4F" w:rsidRPr="000E7E15" w:rsidRDefault="000C4F4F" w:rsidP="00260E37">
+          <w:p w14:paraId="5B07D71C" w14:textId="1CC1D388" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>El rol del diálogo en la identidad reflexiva docente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="464" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="37B3DAEE" w14:textId="0E45FEB5" w:rsidR="000C4F4F" w:rsidRPr="000E7E15" w:rsidRDefault="000C4F4F" w:rsidP="00260E37">
+          <w:p w14:paraId="7860076F" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>28 de f</w:t>
+            </w:r>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Febrero</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="56D42AD5" w14:textId="766A744A" w:rsidR="000C4F4F" w:rsidRPr="000E7E15" w:rsidRDefault="000C4F4F" w:rsidP="00260E37">
+              <w:t>ebrero</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56D42AD5" w14:textId="52DCB6DC" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E7E15">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="216" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="247C092B" w14:textId="77777777" w:rsidR="000C4F4F" w:rsidRPr="000E7E15" w:rsidRDefault="000C4F4F" w:rsidP="00260E37">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="247C092B" w14:textId="170A34A6" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12:00h.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1973" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5B5CACF1" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="000E7E15" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
+          <w:p w14:paraId="5B5CACF1" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Facultat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> de </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Psicologia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="0D636D8C" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="000E7E15" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
+          <w:p w14:paraId="0D636D8C" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Universitat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> de Barcelona</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A6E5F17" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="000E7E15" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
+          <w:p w14:paraId="3A6E5F17" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3742B6EB" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="000E7E15" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
+          <w:p w14:paraId="3742B6EB" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>El enlace al formulario de inscripción a la conferencia se hará público en su día en la Comunidad MIPE-DIPE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45787DA7" w14:textId="77777777" w:rsidR="000C4F4F" w:rsidRPr="000E7E15" w:rsidRDefault="000C4F4F" w:rsidP="00260E37">
+          <w:p w14:paraId="45787DA7" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="4A167DCC" w14:textId="77777777" w:rsidTr="000C4077">
+      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="4A167DCC" w14:textId="77777777" w:rsidTr="006413DA">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="287" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
@@ -3579,50 +4737,51 @@
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(20h.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="464" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="54DF1E26" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="003A075E" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0E947026" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="003A075E" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7D9E2A63" w14:textId="77777777" w:rsidR="0032753B" w:rsidRPr="003A075E" w:rsidRDefault="0032753B" w:rsidP="0032753B">
             <w:pPr>
@@ -3652,50 +4811,51 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A075E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2, 9, 16 i 23 marzo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="216" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="3CE517D8" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3BD085E5" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="49AD8685" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3812,92 +4972,93 @@
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="007B7835">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="032C005C" w14:textId="5014C965" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="47B7EEA6" w14:textId="77777777" w:rsidTr="000C4077">
+      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="47B7EEA6" w14:textId="77777777" w:rsidTr="006413DA">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="287" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="2A866AEB" w14:textId="676A3F4F" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>URL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="720BBACC" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4171,50 +5332,51 @@
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(20h.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="464" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="64F38A1C" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="003A075E" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7B3749FC" w14:textId="77777777" w:rsidR="0032753B" w:rsidRPr="003A075E" w:rsidRDefault="0032753B" w:rsidP="0032753B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A075E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -4233,50 +5395,51 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A075E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2, 9, 16 i 23 marzo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="216" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="3B1B04E4" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="169773CD" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4355,51 +5518,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B7835">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(aula E0-06)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27E6437E" w14:textId="600FAF3F" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="77D7ED2E" w14:textId="77777777" w:rsidTr="000C4077">
+      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="77D7ED2E" w14:textId="77777777" w:rsidTr="006413DA">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="287" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1C367876" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="000E7E15" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4787,120 +5950,122 @@
               </w:rPr>
               <w:t>Universitat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ramon Llull</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BD0E46C" w14:textId="54C2FA92" w:rsidR="00AF6E6D" w:rsidRPr="000E7E15" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="4E32F364" w14:textId="77777777" w:rsidTr="000C4077">
+      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="4E32F364" w14:textId="77777777" w:rsidTr="006413DA">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="287" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="009483A2" w14:textId="77777777" w:rsidR="009E7D93" w:rsidRDefault="009E7D93" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4C888315" w14:textId="77777777" w:rsidR="0032753B" w:rsidRDefault="0032753B" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="76B7D145" w14:textId="2A78D135" w:rsidR="0032753B" w:rsidRPr="000E7E15" w:rsidRDefault="0032753B" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>URL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="4AC1E114" w14:textId="6D2FEFAC" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="00126B23" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dra.</w:t>
             </w:r>
             <w:r w:rsidR="009E7D93" w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4952,370 +6117,377 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ramón Llull)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04E43570" w14:textId="1EF43410" w:rsidR="000C4F4F" w:rsidRPr="000E7E15" w:rsidRDefault="000C4F4F" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="307" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="41E2B66B" w14:textId="7B2BF0A7" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="000E7E15" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>MIPE</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="335" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="7C992B2C" w14:textId="77777777" w:rsidR="00126B23" w:rsidRDefault="00126B23" w:rsidP="00126B23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="317D1192" w14:textId="4CD0AD67" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="00126B23" w:rsidP="00126B23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Presencial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="23EABA0D" w14:textId="77777777" w:rsidR="009E7D93" w:rsidRPr="00126B23" w:rsidRDefault="009E7D93" w:rsidP="00126B23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="60D3EC42" w14:textId="77777777" w:rsidR="00126B23" w:rsidRPr="00126B23" w:rsidRDefault="00126B23" w:rsidP="00126B23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2617DAB1" w14:textId="3D1B885A" w:rsidR="00126B23" w:rsidRPr="00126B23" w:rsidRDefault="00126B23" w:rsidP="00126B23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00126B23">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(a concretar)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="464" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="7C2D8B2B" w14:textId="14422D41" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="0032753B" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">8 </w:t>
             </w:r>
             <w:r w:rsidR="002B20A0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="009E7D93" w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>bril</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="216" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="7A40ECC6" w14:textId="10BD5502" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="009E7D93" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>18.00-20.30h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1973" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="4AD8CAE0" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="000E7E15" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Universitat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ramon Llull</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27C86762" w14:textId="36C50E9D" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="009E7D93" w:rsidP="00C92870">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="3A33850F" w14:textId="77777777" w:rsidTr="000C4077">
+      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="3A33850F" w14:textId="77777777" w:rsidTr="006413DA">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="287" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="018D4688" w14:textId="77777777" w:rsidR="009E7D93" w:rsidRDefault="009E7D93" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="203D4D53" w14:textId="77777777" w:rsidR="0032753B" w:rsidRDefault="0032753B" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="68D9FCA0" w14:textId="67A0AAA3" w:rsidR="0032753B" w:rsidRPr="000E7E15" w:rsidRDefault="0032753B" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>URL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="1379BD74" w14:textId="630A7904" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="00126B23" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dra.</w:t>
             </w:r>
             <w:r w:rsidR="009E7D93" w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5367,676 +6539,278 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ramón Llull)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DBD7313" w14:textId="197E1F29" w:rsidR="000C4F4F" w:rsidRPr="000E7E15" w:rsidRDefault="000C4F4F" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="307" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="37F4576D" w14:textId="7C046D94" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="000E7E15" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MIPE</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="335" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="545465C2" w14:textId="77777777" w:rsidR="00126B23" w:rsidRDefault="00126B23" w:rsidP="00126B23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="33CABAED" w14:textId="1B1A2043" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="00126B23" w:rsidP="00126B23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Presencial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="22A1BDC3" w14:textId="77777777" w:rsidR="009E7D93" w:rsidRPr="00126B23" w:rsidRDefault="009E7D93" w:rsidP="00126B23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="52490EE9" w14:textId="77777777" w:rsidR="00126B23" w:rsidRPr="00126B23" w:rsidRDefault="00126B23" w:rsidP="00126B23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0371F722" w14:textId="57CDEB57" w:rsidR="00126B23" w:rsidRPr="00126B23" w:rsidRDefault="00126B23" w:rsidP="00126B23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00126B23">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(a concretar)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="464" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="46228F72" w14:textId="2CC0758C" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="0032753B" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>22 abril</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="216" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="36E5D5D1" w14:textId="4A72E459" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="009E7D93" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>18.00-20.30h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1973" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="79EBD30E" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="000E7E15" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Universitat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ramon Llull</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A487EC1" w14:textId="77777777" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="009E7D93" w:rsidP="00C92870">
-            <w:pPr>
-[...402 lines deleted...]
-          <w:p w14:paraId="78FD1379" w14:textId="77777777" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="009E7D93" w:rsidP="00C92870">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="6416FFF2" w14:textId="77777777" w:rsidTr="000C4077">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
@@ -6675,51 +7449,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="259F1C8C" w14:textId="14730B89" w:rsidR="00AF6E6D" w:rsidRPr="000E7E15" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>El enlace al formulario de inscripción a la conferencia se hará público en su día en la Comunidad MIPE-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="79446E72" w14:textId="77777777" w:rsidTr="000C4077">
+      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="79446E72" w14:textId="77777777" w:rsidTr="006413DA">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="287" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="29120DEB" w14:textId="7FBDA113" w:rsidR="00D249C9" w:rsidRPr="000E7E15" w:rsidRDefault="004F722B" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
@@ -6841,166 +7615,183 @@
           <w:tcPr>
             <w:tcW w:w="307" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="62243ED1" w14:textId="7BC63110" w:rsidR="00D249C9" w:rsidRPr="000E7E15" w:rsidRDefault="003A4DD3" w:rsidP="00AF6E6D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>MIPE-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="335" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="238AB9C9" w14:textId="1AE42428" w:rsidR="00D249C9" w:rsidRPr="000E7E15" w:rsidRDefault="0085504B" w:rsidP="00D249C9">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Presencial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="1C06100A" w14:textId="2D6DAC93" w:rsidR="00D249C9" w:rsidRPr="000E7E15" w:rsidRDefault="00D249C9" w:rsidP="00D249C9">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t>El papel del personal educativo para promover el desarrollo socioemocional en niñas y niños en la educación in</w:t>
+              <w:t xml:space="preserve">El papel del personal educativo para promover el desarrollo socioemocional en niñas y niños en la educación </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E7E15">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>in</w:t>
             </w:r>
             <w:r w:rsidR="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>cial. Aportes desde el contexto chileno</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="464" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="2FA21611" w14:textId="75934914" w:rsidR="00D249C9" w:rsidRPr="000E7E15" w:rsidRDefault="00D249C9" w:rsidP="00D249C9">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">22 </w:t>
             </w:r>
             <w:r w:rsidR="000C4F4F" w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>de a</w:t>
             </w:r>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>bril</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="216" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -7112,62 +7903,673 @@
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="361A63A6" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="000E7E15" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E7E15">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>El enlace al formulario de inscripción a la conferencia se hará público en su día en la Comunidad MIPE-DIPE</w:t>
+              <w:t xml:space="preserve">El enlace al formulario de inscripción a la conferencia se hará público </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E7E15">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>en su día en la Comunidad MIPE-DIPE</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31CF5032" w14:textId="77777777" w:rsidR="00D249C9" w:rsidRPr="000E7E15" w:rsidRDefault="00D249C9" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006413DA" w:rsidRPr="000E7E15" w14:paraId="4A8504D4" w14:textId="77777777" w:rsidTr="000D0E33">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="287" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FA548FA" w14:textId="77777777" w:rsidR="006413DA" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32ED9223" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>URL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F0C112B" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Dra.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E7E15">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Montserrat </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E7E15">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Castellò</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6CFB9142" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7E15">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E7E15">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E7E15">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ramón Llull)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A008DBC" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="524A2968" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7E15">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MIPE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E7E15">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DIPE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="335" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="022358E5" w14:textId="77777777" w:rsidR="006413DA" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21160210" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7E15">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Presencial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="855" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6459F47B" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00126B23" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A050D44" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00126B23" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EDAC9D6" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00126B23" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00126B23">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(a concretar)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="464" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A7DF24F" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6 m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E7E15">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>yo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CC572D4" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7E15">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18.00-20.30h</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1973" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DD2F659" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E7E15">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E7E15">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ramon Llull</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01418B2E" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006413DA" w:rsidRPr="000E7E15" w14:paraId="0A8F913B" w14:textId="77777777" w:rsidTr="006413DA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="287" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DC40179" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="00C92870">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="13796C81" w14:textId="77777777" w:rsidR="006413DA" w:rsidRDefault="006413DA" w:rsidP="00C92870">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="344459EB" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="00AF6E6D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="335" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3A6A08" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="00D249C9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="855" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="050290B3" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="00D249C9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="464" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E75C3B2" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="00D249C9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="16E16500" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="00AF6E6D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1973" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FEC629A" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="000E7E15">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="22961E3C" w14:textId="77777777" w:rsidR="001D140F" w:rsidRPr="000E7E15" w:rsidRDefault="001D140F" w:rsidP="009A51A3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17357CB9" w14:textId="77777777" w:rsidR="00031350" w:rsidRPr="000E7E15" w:rsidRDefault="00031350" w:rsidP="009A51A3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29541659" w14:textId="77777777" w:rsidR="000C4F4F" w:rsidRDefault="000C4F4F" w:rsidP="009A51A3">
@@ -7231,51 +8633,50 @@
     </w:p>
     <w:p w14:paraId="2D2FCD8B" w14:textId="2BA517B6" w:rsidR="004D3FFE" w:rsidRPr="00BD06F6" w:rsidRDefault="004D3FFE" w:rsidP="009A51A3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD06F6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>ESTUDIANTES DIPE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75899CCB" w14:textId="77777777" w:rsidR="00A75196" w:rsidRPr="00031350" w:rsidRDefault="00A75196" w:rsidP="009A51A3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7010FC6B" w14:textId="2BCCF41F" w:rsidR="00A75196" w:rsidRPr="00031350" w:rsidRDefault="00A75196" w:rsidP="009A51A3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -7607,50 +9008,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="372F21EF" w14:textId="16F50F99" w:rsidR="00243ED6" w:rsidRPr="00BD06F6" w:rsidRDefault="00243ED6" w:rsidP="009A51A3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD06F6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Estudiantes en su último curso</w:t>
       </w:r>
       <w:r w:rsidR="002F03C0" w:rsidRPr="00BD06F6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> del DIPE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F6324FC" w14:textId="77777777" w:rsidR="00243ED6" w:rsidRPr="00031350" w:rsidRDefault="00243ED6" w:rsidP="009A51A3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12187362" w14:textId="2A0AF6B3" w:rsidR="00243ED6" w:rsidRPr="00031350" w:rsidRDefault="00243ED6" w:rsidP="009A51A3">
       <w:pPr>
@@ -8485,50 +9887,51 @@
     </w:p>
     <w:p w14:paraId="250EE8DD" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00A11183" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A11183">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Estudiants al seu darrer curs del DIPE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="480835EF" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00A11183" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E09EEE2" w14:textId="3D132514" w:rsidR="003A4DD3" w:rsidRPr="00A11183" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -8703,135 +10106,137 @@
         <w:ind w:right="209"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F85089" w:rsidRPr="00031350" w:rsidSect="00E05ECF">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="16820" w:h="11900" w:orient="landscape"/>
       <w:pgMar w:top="284" w:right="1100" w:bottom="1134" w:left="941" w:header="0" w:footer="896" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="538ED7CA" w14:textId="77777777" w:rsidR="00561CAA" w:rsidRDefault="00561CAA">
+    <w:p w14:paraId="2400DF4D" w14:textId="77777777" w:rsidR="004A1F5F" w:rsidRDefault="004A1F5F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B57D610" w14:textId="77777777" w:rsidR="00561CAA" w:rsidRDefault="00561CAA">
+    <w:p w14:paraId="5A9EFBA8" w14:textId="77777777" w:rsidR="004A1F5F" w:rsidRDefault="004A1F5F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman PS"/>
+    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000500000000020000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="2E10C659" w14:textId="1216B99B" w:rsidR="00715861" w:rsidRDefault="004D3FFE">
     <w:pPr>
       <w:spacing w:line="200" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
@@ -8858,58 +10263,58 @@
               <wp:wrapNone/>
               <wp:docPr id="4" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="127000" cy="177800"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns="" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                          <a14:hiddenFill xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns="" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns="" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" w="9525">
+                          <a14:hiddenLine xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns="" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="43096856" w14:textId="55E88D2D" w:rsidR="00715861" w:rsidRDefault="00715861">
                           <w:pPr>
                             <w:spacing w:line="265" w:lineRule="exact"/>
                             <w:ind w:left="40"/>
                           </w:pPr>
                           <w:r>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:instrText xml:space="preserve"> PAGE </w:instrText>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="separate"/>
@@ -8967,58 +10372,58 @@
                     <w:r w:rsidR="00B13A95">
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E65C9C1" w14:textId="77777777" w:rsidR="00561CAA" w:rsidRDefault="00561CAA">
+    <w:p w14:paraId="2A22582C" w14:textId="77777777" w:rsidR="004A1F5F" w:rsidRDefault="004A1F5F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A8C3AB0" w14:textId="77777777" w:rsidR="00561CAA" w:rsidRDefault="00561CAA">
+    <w:p w14:paraId="6898FBDC" w14:textId="77777777" w:rsidR="004A1F5F" w:rsidRDefault="004A1F5F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="37E9BC18" w14:textId="77777777" w:rsidR="00715861" w:rsidRDefault="00715861">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="031BDFE6" wp14:editId="307F652C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>1659890</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
@@ -11053,81 +12458,84 @@
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001725D9"/>
     <w:rsid w:val="00003E88"/>
     <w:rsid w:val="00005211"/>
     <w:rsid w:val="000123A2"/>
     <w:rsid w:val="000142FE"/>
     <w:rsid w:val="00016C9E"/>
     <w:rsid w:val="00017A3C"/>
     <w:rsid w:val="000235D5"/>
     <w:rsid w:val="00027D10"/>
+    <w:rsid w:val="00030395"/>
     <w:rsid w:val="00031350"/>
     <w:rsid w:val="0003232E"/>
     <w:rsid w:val="00036035"/>
     <w:rsid w:val="000420D7"/>
     <w:rsid w:val="00043BDE"/>
     <w:rsid w:val="00045A72"/>
     <w:rsid w:val="000461D7"/>
     <w:rsid w:val="00051015"/>
     <w:rsid w:val="00051E7F"/>
     <w:rsid w:val="000534D0"/>
     <w:rsid w:val="0006216D"/>
     <w:rsid w:val="0006373E"/>
     <w:rsid w:val="00065987"/>
     <w:rsid w:val="000676A5"/>
     <w:rsid w:val="000737B9"/>
     <w:rsid w:val="00077F17"/>
     <w:rsid w:val="00082EF4"/>
+    <w:rsid w:val="000916A9"/>
     <w:rsid w:val="000A12C0"/>
     <w:rsid w:val="000A12CD"/>
     <w:rsid w:val="000A57E7"/>
     <w:rsid w:val="000A767E"/>
     <w:rsid w:val="000B0AB9"/>
     <w:rsid w:val="000B3A9F"/>
     <w:rsid w:val="000B65AC"/>
     <w:rsid w:val="000C0A7F"/>
     <w:rsid w:val="000C404E"/>
     <w:rsid w:val="000C4077"/>
     <w:rsid w:val="000C4F4F"/>
     <w:rsid w:val="000C5131"/>
     <w:rsid w:val="000D2D20"/>
     <w:rsid w:val="000D2F6D"/>
+    <w:rsid w:val="000D66EF"/>
     <w:rsid w:val="000E4305"/>
     <w:rsid w:val="000E522F"/>
     <w:rsid w:val="000E7E15"/>
     <w:rsid w:val="000F0A09"/>
     <w:rsid w:val="000F3C8D"/>
     <w:rsid w:val="000F7253"/>
     <w:rsid w:val="001013C6"/>
     <w:rsid w:val="001041C0"/>
     <w:rsid w:val="001043E1"/>
     <w:rsid w:val="00114EB9"/>
     <w:rsid w:val="00126B23"/>
     <w:rsid w:val="00140F80"/>
     <w:rsid w:val="00141B46"/>
     <w:rsid w:val="001470EF"/>
     <w:rsid w:val="00152A47"/>
     <w:rsid w:val="00155E10"/>
     <w:rsid w:val="0015633F"/>
     <w:rsid w:val="0015756F"/>
     <w:rsid w:val="00157C2F"/>
     <w:rsid w:val="0016070F"/>
     <w:rsid w:val="00161A7F"/>
     <w:rsid w:val="00165945"/>
     <w:rsid w:val="00170785"/>
     <w:rsid w:val="00171ED9"/>
     <w:rsid w:val="001725D9"/>
@@ -11176,50 +12584,51 @@
     <w:rsid w:val="00267F27"/>
     <w:rsid w:val="00274864"/>
     <w:rsid w:val="00275F44"/>
     <w:rsid w:val="00276F44"/>
     <w:rsid w:val="00283B13"/>
     <w:rsid w:val="00284AD3"/>
     <w:rsid w:val="00286F0C"/>
     <w:rsid w:val="002873F2"/>
     <w:rsid w:val="0029029D"/>
     <w:rsid w:val="0029128F"/>
     <w:rsid w:val="00291B20"/>
     <w:rsid w:val="00293CE9"/>
     <w:rsid w:val="002950AC"/>
     <w:rsid w:val="00295512"/>
     <w:rsid w:val="002A49B0"/>
     <w:rsid w:val="002A4F12"/>
     <w:rsid w:val="002B02B2"/>
     <w:rsid w:val="002B20A0"/>
     <w:rsid w:val="002B3402"/>
     <w:rsid w:val="002C05EF"/>
     <w:rsid w:val="002C13F8"/>
     <w:rsid w:val="002C7AD4"/>
     <w:rsid w:val="002C7CED"/>
     <w:rsid w:val="002D21D9"/>
     <w:rsid w:val="002D4A3A"/>
+    <w:rsid w:val="002D6891"/>
     <w:rsid w:val="002D70FE"/>
     <w:rsid w:val="002D7A88"/>
     <w:rsid w:val="002E1A39"/>
     <w:rsid w:val="002E2F13"/>
     <w:rsid w:val="002E404A"/>
     <w:rsid w:val="002E42D9"/>
     <w:rsid w:val="002E6801"/>
     <w:rsid w:val="002F03C0"/>
     <w:rsid w:val="002F6655"/>
     <w:rsid w:val="002F6DC3"/>
     <w:rsid w:val="002F76A0"/>
     <w:rsid w:val="002F7CCC"/>
     <w:rsid w:val="003002E7"/>
     <w:rsid w:val="00302A63"/>
     <w:rsid w:val="0030342C"/>
     <w:rsid w:val="00311FC1"/>
     <w:rsid w:val="00312B06"/>
     <w:rsid w:val="003204FB"/>
     <w:rsid w:val="00320FC5"/>
     <w:rsid w:val="00323FDE"/>
     <w:rsid w:val="00326AA6"/>
     <w:rsid w:val="0032753B"/>
     <w:rsid w:val="0033153F"/>
     <w:rsid w:val="00335D91"/>
     <w:rsid w:val="00336225"/>
@@ -11240,184 +12649,191 @@
     <w:rsid w:val="003876B7"/>
     <w:rsid w:val="00387E4C"/>
     <w:rsid w:val="003967BD"/>
     <w:rsid w:val="003A075E"/>
     <w:rsid w:val="003A4DD3"/>
     <w:rsid w:val="003A7EC7"/>
     <w:rsid w:val="003B5C2D"/>
     <w:rsid w:val="003B660E"/>
     <w:rsid w:val="003C045F"/>
     <w:rsid w:val="003C1BDA"/>
     <w:rsid w:val="003C226E"/>
     <w:rsid w:val="003D1017"/>
     <w:rsid w:val="003D2EB1"/>
     <w:rsid w:val="003E04CC"/>
     <w:rsid w:val="003E27D0"/>
     <w:rsid w:val="003E340C"/>
     <w:rsid w:val="003E4DD5"/>
     <w:rsid w:val="003E6187"/>
     <w:rsid w:val="003E6669"/>
     <w:rsid w:val="003E79CA"/>
     <w:rsid w:val="003F088C"/>
     <w:rsid w:val="003F0C4C"/>
     <w:rsid w:val="003F0D71"/>
     <w:rsid w:val="003F3C93"/>
     <w:rsid w:val="003F53EF"/>
+    <w:rsid w:val="003F6AF6"/>
     <w:rsid w:val="00401E3F"/>
     <w:rsid w:val="004059B3"/>
     <w:rsid w:val="00405C34"/>
     <w:rsid w:val="004148C6"/>
     <w:rsid w:val="00416962"/>
     <w:rsid w:val="00424F3C"/>
     <w:rsid w:val="0043072C"/>
     <w:rsid w:val="004332B0"/>
     <w:rsid w:val="00433382"/>
     <w:rsid w:val="004353E9"/>
     <w:rsid w:val="00435F7B"/>
     <w:rsid w:val="00437ADD"/>
     <w:rsid w:val="004405F1"/>
     <w:rsid w:val="00442A80"/>
     <w:rsid w:val="00443713"/>
     <w:rsid w:val="00451072"/>
     <w:rsid w:val="004516A2"/>
     <w:rsid w:val="0045298E"/>
+    <w:rsid w:val="00454B8B"/>
     <w:rsid w:val="0047026C"/>
     <w:rsid w:val="004762A5"/>
     <w:rsid w:val="00476333"/>
     <w:rsid w:val="004763FA"/>
     <w:rsid w:val="00480FBE"/>
     <w:rsid w:val="004831D7"/>
     <w:rsid w:val="00483765"/>
     <w:rsid w:val="004948F9"/>
     <w:rsid w:val="00494DCF"/>
     <w:rsid w:val="00495B92"/>
     <w:rsid w:val="004A0AD3"/>
     <w:rsid w:val="004A0DAC"/>
     <w:rsid w:val="004A1592"/>
+    <w:rsid w:val="004A1F5F"/>
     <w:rsid w:val="004A5510"/>
     <w:rsid w:val="004A7C88"/>
     <w:rsid w:val="004B0624"/>
     <w:rsid w:val="004B71CF"/>
     <w:rsid w:val="004C35FA"/>
     <w:rsid w:val="004C3FF8"/>
     <w:rsid w:val="004C4B02"/>
     <w:rsid w:val="004C58B3"/>
+    <w:rsid w:val="004C6AE0"/>
     <w:rsid w:val="004D3FFE"/>
     <w:rsid w:val="004D489C"/>
     <w:rsid w:val="004D4F57"/>
     <w:rsid w:val="004D662B"/>
     <w:rsid w:val="004E0D9B"/>
     <w:rsid w:val="004F0548"/>
     <w:rsid w:val="004F16DC"/>
     <w:rsid w:val="004F4505"/>
     <w:rsid w:val="004F722B"/>
     <w:rsid w:val="005005E9"/>
     <w:rsid w:val="005030D4"/>
     <w:rsid w:val="00504631"/>
     <w:rsid w:val="00504EDD"/>
     <w:rsid w:val="005209BF"/>
     <w:rsid w:val="00523D94"/>
     <w:rsid w:val="0053541D"/>
     <w:rsid w:val="00535B13"/>
     <w:rsid w:val="005360AA"/>
     <w:rsid w:val="00537158"/>
     <w:rsid w:val="00537384"/>
     <w:rsid w:val="00540C58"/>
     <w:rsid w:val="005442D1"/>
     <w:rsid w:val="00546568"/>
     <w:rsid w:val="0055394F"/>
     <w:rsid w:val="005552B0"/>
     <w:rsid w:val="00560EA0"/>
     <w:rsid w:val="005615B4"/>
     <w:rsid w:val="00561CAA"/>
     <w:rsid w:val="005641EA"/>
     <w:rsid w:val="00571366"/>
     <w:rsid w:val="0058071D"/>
     <w:rsid w:val="00585E7C"/>
     <w:rsid w:val="00586ADC"/>
     <w:rsid w:val="00587311"/>
     <w:rsid w:val="00587A66"/>
     <w:rsid w:val="00593A3D"/>
     <w:rsid w:val="00597169"/>
     <w:rsid w:val="00597E30"/>
     <w:rsid w:val="005A4CBA"/>
     <w:rsid w:val="005B08F1"/>
     <w:rsid w:val="005B0D31"/>
+    <w:rsid w:val="005B1025"/>
     <w:rsid w:val="005B3681"/>
     <w:rsid w:val="005C4F67"/>
     <w:rsid w:val="005C6745"/>
     <w:rsid w:val="005C67BD"/>
     <w:rsid w:val="005D082C"/>
     <w:rsid w:val="005D0FFA"/>
     <w:rsid w:val="005D4D11"/>
     <w:rsid w:val="005E0339"/>
     <w:rsid w:val="005E5CD8"/>
     <w:rsid w:val="005E6C56"/>
     <w:rsid w:val="005F2152"/>
     <w:rsid w:val="005F3FB3"/>
     <w:rsid w:val="005F6B03"/>
     <w:rsid w:val="00611EB0"/>
     <w:rsid w:val="00616896"/>
     <w:rsid w:val="006239DD"/>
     <w:rsid w:val="00627B98"/>
     <w:rsid w:val="006302CD"/>
     <w:rsid w:val="00631147"/>
     <w:rsid w:val="00631467"/>
     <w:rsid w:val="00632953"/>
     <w:rsid w:val="00640362"/>
+    <w:rsid w:val="006413DA"/>
     <w:rsid w:val="00644CED"/>
     <w:rsid w:val="006500FE"/>
     <w:rsid w:val="00650A0F"/>
     <w:rsid w:val="00651114"/>
     <w:rsid w:val="006530BF"/>
     <w:rsid w:val="006576B4"/>
     <w:rsid w:val="006828F5"/>
     <w:rsid w:val="006830F5"/>
     <w:rsid w:val="00690F32"/>
     <w:rsid w:val="006911D3"/>
     <w:rsid w:val="00695AAD"/>
     <w:rsid w:val="00697B11"/>
     <w:rsid w:val="006A0AB4"/>
     <w:rsid w:val="006A3801"/>
     <w:rsid w:val="006A7401"/>
     <w:rsid w:val="006B06CB"/>
     <w:rsid w:val="006B33C7"/>
     <w:rsid w:val="006C4E7D"/>
     <w:rsid w:val="006C55EF"/>
     <w:rsid w:val="006C57FD"/>
     <w:rsid w:val="006C5A5A"/>
     <w:rsid w:val="006C6016"/>
     <w:rsid w:val="006D03CF"/>
     <w:rsid w:val="006D0B71"/>
     <w:rsid w:val="006D0CB4"/>
     <w:rsid w:val="006D4EC4"/>
     <w:rsid w:val="006D5B90"/>
     <w:rsid w:val="006E42A0"/>
     <w:rsid w:val="006F0AEB"/>
     <w:rsid w:val="006F1EE1"/>
     <w:rsid w:val="006F342D"/>
     <w:rsid w:val="006F3F8D"/>
+    <w:rsid w:val="00703E7A"/>
     <w:rsid w:val="007054EE"/>
     <w:rsid w:val="0071259E"/>
     <w:rsid w:val="007134FB"/>
     <w:rsid w:val="00715861"/>
     <w:rsid w:val="00716AFA"/>
     <w:rsid w:val="007235B4"/>
     <w:rsid w:val="0074272E"/>
     <w:rsid w:val="007446E9"/>
     <w:rsid w:val="00745AAC"/>
     <w:rsid w:val="00746DD9"/>
     <w:rsid w:val="00750761"/>
     <w:rsid w:val="00755D79"/>
     <w:rsid w:val="0076354B"/>
     <w:rsid w:val="0077070C"/>
     <w:rsid w:val="00770CD5"/>
     <w:rsid w:val="0078586F"/>
     <w:rsid w:val="00786A41"/>
     <w:rsid w:val="00787486"/>
     <w:rsid w:val="00795070"/>
     <w:rsid w:val="00795FC7"/>
     <w:rsid w:val="007A20F6"/>
     <w:rsid w:val="007A2B06"/>
     <w:rsid w:val="007A5482"/>
     <w:rsid w:val="007B2952"/>
     <w:rsid w:val="007B2AA1"/>
@@ -11511,51 +12927,53 @@
     <w:rsid w:val="00994703"/>
     <w:rsid w:val="0099777D"/>
     <w:rsid w:val="009A0E59"/>
     <w:rsid w:val="009A50BC"/>
     <w:rsid w:val="009A51A3"/>
     <w:rsid w:val="009A5F2F"/>
     <w:rsid w:val="009B098A"/>
     <w:rsid w:val="009B2444"/>
     <w:rsid w:val="009C7C47"/>
     <w:rsid w:val="009C7DBE"/>
     <w:rsid w:val="009D0967"/>
     <w:rsid w:val="009E4D1E"/>
     <w:rsid w:val="009E5E1C"/>
     <w:rsid w:val="009E632E"/>
     <w:rsid w:val="009E685B"/>
     <w:rsid w:val="009E7D93"/>
     <w:rsid w:val="009F692B"/>
     <w:rsid w:val="009F72F3"/>
     <w:rsid w:val="009F79B3"/>
     <w:rsid w:val="00A00CE6"/>
     <w:rsid w:val="00A025F7"/>
     <w:rsid w:val="00A03198"/>
     <w:rsid w:val="00A067B7"/>
     <w:rsid w:val="00A10979"/>
     <w:rsid w:val="00A11183"/>
+    <w:rsid w:val="00A11CBD"/>
     <w:rsid w:val="00A16AB8"/>
+    <w:rsid w:val="00A24C6F"/>
     <w:rsid w:val="00A272CD"/>
     <w:rsid w:val="00A304EB"/>
     <w:rsid w:val="00A30F47"/>
     <w:rsid w:val="00A40044"/>
     <w:rsid w:val="00A42CE3"/>
     <w:rsid w:val="00A42DC5"/>
     <w:rsid w:val="00A44DAF"/>
     <w:rsid w:val="00A45D5C"/>
     <w:rsid w:val="00A4649B"/>
     <w:rsid w:val="00A508BF"/>
     <w:rsid w:val="00A51819"/>
     <w:rsid w:val="00A53C39"/>
     <w:rsid w:val="00A5412D"/>
     <w:rsid w:val="00A61206"/>
     <w:rsid w:val="00A61BDB"/>
     <w:rsid w:val="00A62F98"/>
     <w:rsid w:val="00A63A58"/>
     <w:rsid w:val="00A66F9D"/>
     <w:rsid w:val="00A70F4B"/>
     <w:rsid w:val="00A71C50"/>
     <w:rsid w:val="00A75196"/>
     <w:rsid w:val="00A76291"/>
     <w:rsid w:val="00A7674C"/>
     <w:rsid w:val="00A8106B"/>
     <w:rsid w:val="00A816FF"/>
@@ -11601,51 +13019,53 @@
     <w:rsid w:val="00B325B3"/>
     <w:rsid w:val="00B341D8"/>
     <w:rsid w:val="00B35405"/>
     <w:rsid w:val="00B37C87"/>
     <w:rsid w:val="00B410CA"/>
     <w:rsid w:val="00B46CE4"/>
     <w:rsid w:val="00B50BA9"/>
     <w:rsid w:val="00B53BF4"/>
     <w:rsid w:val="00B710AB"/>
     <w:rsid w:val="00B7280C"/>
     <w:rsid w:val="00B740D0"/>
     <w:rsid w:val="00B849FD"/>
     <w:rsid w:val="00B8637D"/>
     <w:rsid w:val="00B8762E"/>
     <w:rsid w:val="00B87F16"/>
     <w:rsid w:val="00B91A70"/>
     <w:rsid w:val="00B93E65"/>
     <w:rsid w:val="00B94451"/>
     <w:rsid w:val="00B95802"/>
     <w:rsid w:val="00B9645F"/>
     <w:rsid w:val="00B97286"/>
     <w:rsid w:val="00B97757"/>
     <w:rsid w:val="00B9777C"/>
     <w:rsid w:val="00BA1206"/>
     <w:rsid w:val="00BA2CBE"/>
+    <w:rsid w:val="00BA2FD3"/>
     <w:rsid w:val="00BA60D0"/>
+    <w:rsid w:val="00BB625A"/>
     <w:rsid w:val="00BC0AA6"/>
     <w:rsid w:val="00BC0C02"/>
     <w:rsid w:val="00BC1C17"/>
     <w:rsid w:val="00BC3728"/>
     <w:rsid w:val="00BC3C34"/>
     <w:rsid w:val="00BC66EE"/>
     <w:rsid w:val="00BD00EE"/>
     <w:rsid w:val="00BD06F6"/>
     <w:rsid w:val="00BD30B2"/>
     <w:rsid w:val="00BE416B"/>
     <w:rsid w:val="00BE70D2"/>
     <w:rsid w:val="00BF388C"/>
     <w:rsid w:val="00BF4B2F"/>
     <w:rsid w:val="00BF5A2E"/>
     <w:rsid w:val="00BF6B14"/>
     <w:rsid w:val="00C02F84"/>
     <w:rsid w:val="00C041D9"/>
     <w:rsid w:val="00C106B9"/>
     <w:rsid w:val="00C12980"/>
     <w:rsid w:val="00C13700"/>
     <w:rsid w:val="00C13DFC"/>
     <w:rsid w:val="00C1465B"/>
     <w:rsid w:val="00C27943"/>
     <w:rsid w:val="00C300E6"/>
     <w:rsid w:val="00C34FB4"/>
@@ -11670,50 +13090,51 @@
     <w:rsid w:val="00CA034E"/>
     <w:rsid w:val="00CA126C"/>
     <w:rsid w:val="00CA2FBE"/>
     <w:rsid w:val="00CA536F"/>
     <w:rsid w:val="00CA540F"/>
     <w:rsid w:val="00CA562D"/>
     <w:rsid w:val="00CB2868"/>
     <w:rsid w:val="00CC3056"/>
     <w:rsid w:val="00CC6FA4"/>
     <w:rsid w:val="00CD4235"/>
     <w:rsid w:val="00CE379E"/>
     <w:rsid w:val="00CE44F2"/>
     <w:rsid w:val="00CE46E1"/>
     <w:rsid w:val="00CE5BF6"/>
     <w:rsid w:val="00CE674F"/>
     <w:rsid w:val="00CF1689"/>
     <w:rsid w:val="00CF75B7"/>
     <w:rsid w:val="00CF7E7E"/>
     <w:rsid w:val="00D010AE"/>
     <w:rsid w:val="00D14F62"/>
     <w:rsid w:val="00D16017"/>
     <w:rsid w:val="00D167D0"/>
     <w:rsid w:val="00D236EE"/>
     <w:rsid w:val="00D249C9"/>
     <w:rsid w:val="00D25D53"/>
+    <w:rsid w:val="00D333F1"/>
     <w:rsid w:val="00D374B2"/>
     <w:rsid w:val="00D438E3"/>
     <w:rsid w:val="00D573B1"/>
     <w:rsid w:val="00D6009E"/>
     <w:rsid w:val="00D608AA"/>
     <w:rsid w:val="00D7242F"/>
     <w:rsid w:val="00D73B0B"/>
     <w:rsid w:val="00D73EA8"/>
     <w:rsid w:val="00D74BBC"/>
     <w:rsid w:val="00D75AED"/>
     <w:rsid w:val="00D8168C"/>
     <w:rsid w:val="00D86CF5"/>
     <w:rsid w:val="00D94087"/>
     <w:rsid w:val="00D9442F"/>
     <w:rsid w:val="00D946F5"/>
     <w:rsid w:val="00D9541D"/>
     <w:rsid w:val="00D9599F"/>
     <w:rsid w:val="00DA1EDD"/>
     <w:rsid w:val="00DA25D1"/>
     <w:rsid w:val="00DB01C0"/>
     <w:rsid w:val="00DB1F71"/>
     <w:rsid w:val="00DC3664"/>
     <w:rsid w:val="00DC422A"/>
     <w:rsid w:val="00DC6485"/>
     <w:rsid w:val="00DD25C5"/>
@@ -11743,82 +13164,85 @@
     <w:rsid w:val="00E802F6"/>
     <w:rsid w:val="00E815FD"/>
     <w:rsid w:val="00E84B15"/>
     <w:rsid w:val="00E908C0"/>
     <w:rsid w:val="00E91272"/>
     <w:rsid w:val="00E95A07"/>
     <w:rsid w:val="00EA3A01"/>
     <w:rsid w:val="00EA76B9"/>
     <w:rsid w:val="00EB49F0"/>
     <w:rsid w:val="00EB5AC6"/>
     <w:rsid w:val="00EC0254"/>
     <w:rsid w:val="00EC3ABB"/>
     <w:rsid w:val="00EC41E8"/>
     <w:rsid w:val="00ED004C"/>
     <w:rsid w:val="00ED089E"/>
     <w:rsid w:val="00ED0A6C"/>
     <w:rsid w:val="00ED0CD8"/>
     <w:rsid w:val="00ED3104"/>
     <w:rsid w:val="00EE5057"/>
     <w:rsid w:val="00EF2E2C"/>
     <w:rsid w:val="00F01B88"/>
     <w:rsid w:val="00F12870"/>
     <w:rsid w:val="00F1314F"/>
     <w:rsid w:val="00F149A5"/>
     <w:rsid w:val="00F14B29"/>
+    <w:rsid w:val="00F14D76"/>
     <w:rsid w:val="00F17128"/>
     <w:rsid w:val="00F1745F"/>
     <w:rsid w:val="00F27AA5"/>
     <w:rsid w:val="00F27BB5"/>
     <w:rsid w:val="00F339E0"/>
     <w:rsid w:val="00F43086"/>
     <w:rsid w:val="00F44E05"/>
     <w:rsid w:val="00F509D8"/>
     <w:rsid w:val="00F555E0"/>
     <w:rsid w:val="00F56230"/>
     <w:rsid w:val="00F67904"/>
     <w:rsid w:val="00F67B3F"/>
     <w:rsid w:val="00F708D6"/>
     <w:rsid w:val="00F738C5"/>
     <w:rsid w:val="00F75A3D"/>
     <w:rsid w:val="00F83C58"/>
     <w:rsid w:val="00F85089"/>
     <w:rsid w:val="00F85B17"/>
     <w:rsid w:val="00F86EAA"/>
     <w:rsid w:val="00F907E0"/>
+    <w:rsid w:val="00F913DF"/>
     <w:rsid w:val="00F918B6"/>
     <w:rsid w:val="00F94052"/>
     <w:rsid w:val="00FA07CF"/>
     <w:rsid w:val="00FA37D8"/>
     <w:rsid w:val="00FB0D15"/>
     <w:rsid w:val="00FB117B"/>
     <w:rsid w:val="00FB52B4"/>
     <w:rsid w:val="00FB5D80"/>
     <w:rsid w:val="00FB6D4C"/>
     <w:rsid w:val="00FC2B59"/>
     <w:rsid w:val="00FC447F"/>
     <w:rsid w:val="00FC46AB"/>
+    <w:rsid w:val="00FD741F"/>
     <w:rsid w:val="00FF5264"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES_tradnl" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -12760,50 +14184,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="30692787">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="54132870">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="58093783">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1274248063">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
@@ -12825,50 +14262,63 @@
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="70154674">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="71397397">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="107749249">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="123234317">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
@@ -13732,50 +15182,77 @@
           <w:marLeft w:val="110"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="450904220">
           <w:marLeft w:val="110"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="931159108">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1729107150">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="941375176">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1035888725">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -14397,50 +15874,89 @@
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1525167140">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1882130877">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="574827140">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="519973393">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1912276809">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1917321866">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -14947,85 +16463,85 @@
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9F6A275-C485-4FB3-99E2-B2305D64838A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>7616</Characters>
+  <Pages>6</Pages>
+  <Words>1528</Words>
+  <Characters>8374</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>136</Lines>
-  <Paragraphs>36</Paragraphs>
+  <Lines>149</Lines>
+  <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Títol</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Universitat de Barcelona</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8969</CharactersWithSpaces>
+  <CharactersWithSpaces>9862</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Teresa Mauri</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>