--- v1 (2025-11-17)
+++ v2 (2025-12-09)
@@ -4,10258 +4,10162 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="54168FA3" w14:textId="1F82C361" w:rsidR="00F27BB5" w:rsidRPr="00031350" w:rsidRDefault="00F27BB5" w:rsidP="00031350">
+    <w:p w14:paraId="54168FA3" w14:textId="1F82C361" w:rsidR="00F27BB5" w:rsidRPr="00732F4B" w:rsidRDefault="00F27BB5" w:rsidP="00031350">
       <w:pPr>
         <w:spacing w:before="9" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DE4457C" w14:textId="77777777" w:rsidR="00F27BB5" w:rsidRPr="00031350" w:rsidRDefault="00F27BB5" w:rsidP="00031350">
+    <w:p w14:paraId="3DE4457C" w14:textId="77777777" w:rsidR="00F27BB5" w:rsidRPr="00732F4B" w:rsidRDefault="00F27BB5" w:rsidP="00031350">
       <w:pPr>
         <w:spacing w:before="9" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DCDC223" w14:textId="132505DF" w:rsidR="0037614B" w:rsidRPr="00031350" w:rsidRDefault="004D3FFE" w:rsidP="00031350">
+    <w:p w14:paraId="6DCDC223" w14:textId="132505DF" w:rsidR="0037614B" w:rsidRPr="00732F4B" w:rsidRDefault="004D3FFE" w:rsidP="00031350">
       <w:pPr>
         <w:spacing w:before="9" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>OFERTA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>DE</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ACTIVIDADES</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>FORMATIVAS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>TEÓRICO-METODOLÓGICAS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ORGANIZADAS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>POR</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>LAS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>COMISIONES</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ACADÉMICAS INTERUNIVERSITARIAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55A724D9" w14:textId="6FC490E4" w:rsidR="004D3FFE" w:rsidRPr="00031350" w:rsidRDefault="004D3FFE" w:rsidP="00031350">
+    <w:p w14:paraId="55A724D9" w14:textId="6FC490E4" w:rsidR="004D3FFE" w:rsidRPr="00732F4B" w:rsidRDefault="004D3FFE" w:rsidP="00031350">
       <w:pPr>
         <w:spacing w:before="9" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>DEL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>PROGRAMA DE MÁSTER Y DOCTORADO INTERUNIVERSITARIO EN PSICOLOGÍA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>DE</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>LA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>EDUCACIÓN</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(MIPE</w:t>
       </w:r>
-      <w:r w:rsidR="006C5A5A" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="006C5A5A" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>DIPE)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="083D8B40" w14:textId="7D588F38" w:rsidR="004D3FFE" w:rsidRPr="00031350" w:rsidRDefault="004D3FFE" w:rsidP="00031350">
+    <w:p w14:paraId="083D8B40" w14:textId="7D588F38" w:rsidR="004D3FFE" w:rsidRPr="00732F4B" w:rsidRDefault="004D3FFE" w:rsidP="00031350">
       <w:pPr>
         <w:spacing w:before="9" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>CURSO 202</w:t>
       </w:r>
-      <w:r w:rsidR="002D70FE">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="002D70FE" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="002D70FE">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="002D70FE" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="191BB121" w14:textId="48B93786" w:rsidR="008266B3" w:rsidRPr="00031350" w:rsidRDefault="008266B3" w:rsidP="00031350">
+    <w:p w14:paraId="191BB121" w14:textId="21BAA5AF" w:rsidR="008266B3" w:rsidRPr="00732F4B" w:rsidRDefault="008266B3" w:rsidP="00031350">
       <w:pPr>
         <w:spacing w:before="9" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(actualizado </w:t>
       </w:r>
-      <w:r w:rsidR="000D66EF">
-[...5 lines deleted...]
-        <w:t>11</w:t>
+      <w:r w:rsidR="00A20980">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>01</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="002D6891">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="002D6891" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="000D66EF">
-[...5 lines deleted...]
-        <w:t>1</w:t>
+      <w:r w:rsidR="00A20980">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.202</w:t>
       </w:r>
-      <w:r w:rsidR="00CF1689">
-[...5 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00A20980">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C13D7BD" w14:textId="77777777" w:rsidR="004D3FFE" w:rsidRPr="00031350" w:rsidRDefault="004D3FFE" w:rsidP="00031350">
+    <w:p w14:paraId="3C13D7BD" w14:textId="77777777" w:rsidR="004D3FFE" w:rsidRPr="00732F4B" w:rsidRDefault="004D3FFE" w:rsidP="00031350">
       <w:pPr>
         <w:spacing w:before="9" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61086825" w14:textId="77777777" w:rsidR="00650A0F" w:rsidRPr="00031350" w:rsidRDefault="00650A0F" w:rsidP="00031350">
+    <w:p w14:paraId="61086825" w14:textId="77777777" w:rsidR="00650A0F" w:rsidRPr="00732F4B" w:rsidRDefault="00650A0F" w:rsidP="00031350">
       <w:pPr>
         <w:spacing w:before="9" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3207A7CF" w14:textId="77777777" w:rsidR="001725D9" w:rsidRPr="00031350" w:rsidRDefault="001725D9" w:rsidP="00031350">
+    <w:p w14:paraId="3207A7CF" w14:textId="77777777" w:rsidR="001725D9" w:rsidRPr="00732F4B" w:rsidRDefault="001725D9" w:rsidP="00031350">
       <w:pPr>
         <w:spacing w:before="7" w:line="110" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal1"/>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblW w:w="5185" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="848"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="5830"/>
+        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="1664"/>
+        <w:gridCol w:w="904"/>
+        <w:gridCol w:w="1115"/>
+        <w:gridCol w:w="2525"/>
+        <w:gridCol w:w="1373"/>
+        <w:gridCol w:w="1063"/>
+        <w:gridCol w:w="5825"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="7B8996E4" w14:textId="77777777" w:rsidTr="000C4077">
+      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="7B8996E4" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="494"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="287" w:type="pct"/>
+            <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2397EEAF" w14:textId="69C065F8" w:rsidR="00F43086" w:rsidRPr="000E7E15" w:rsidRDefault="00F43086" w:rsidP="00031350">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="2397EEAF" w14:textId="69C065F8" w:rsidR="00F43086" w:rsidRPr="00732F4B" w:rsidRDefault="00F43086" w:rsidP="00031350">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Univ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="pct"/>
+            <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16AC6BF8" w14:textId="1514DA8D" w:rsidR="00F43086" w:rsidRPr="000E7E15" w:rsidRDefault="00F43086" w:rsidP="00031350">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="16AC6BF8" w14:textId="1514DA8D" w:rsidR="00F43086" w:rsidRPr="00732F4B" w:rsidRDefault="00F43086" w:rsidP="00031350">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Responsable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79762E36" w14:textId="0EFE8011" w:rsidR="00F43086" w:rsidRPr="000E7E15" w:rsidRDefault="000676A5" w:rsidP="00031350">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="79762E36" w14:textId="0EFE8011" w:rsidR="00F43086" w:rsidRPr="00732F4B" w:rsidRDefault="000676A5" w:rsidP="00031350">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MIPE/DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="335" w:type="pct"/>
+            <w:tcW w:w="364" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FB6CC01" w14:textId="265A8392" w:rsidR="00F43086" w:rsidRPr="000E7E15" w:rsidRDefault="00F43086" w:rsidP="00031350">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="6FB6CC01" w14:textId="265A8392" w:rsidR="00F43086" w:rsidRPr="00732F4B" w:rsidRDefault="00F43086" w:rsidP="00031350">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Modalidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="pct"/>
+            <w:tcW w:w="824" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52BD2412" w14:textId="3E6B8006" w:rsidR="00F43086" w:rsidRPr="000E7E15" w:rsidRDefault="00F43086" w:rsidP="00031350">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="52BD2412" w14:textId="3E6B8006" w:rsidR="00F43086" w:rsidRPr="00732F4B" w:rsidRDefault="00F43086" w:rsidP="00031350">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Título</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="464" w:type="pct"/>
+            <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D1D9AFC" w14:textId="582F9CD6" w:rsidR="00F43086" w:rsidRPr="000E7E15" w:rsidRDefault="00F43086" w:rsidP="00031350">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="3D1D9AFC" w14:textId="582F9CD6" w:rsidR="00F43086" w:rsidRPr="00732F4B" w:rsidRDefault="00F43086" w:rsidP="00031350">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fecha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33CF8439" w14:textId="65992A92" w:rsidR="00F43086" w:rsidRPr="000E7E15" w:rsidRDefault="00F43086" w:rsidP="00031350">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="33CF8439" w14:textId="65992A92" w:rsidR="00F43086" w:rsidRPr="00732F4B" w:rsidRDefault="00F43086" w:rsidP="00031350">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Horario</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="pct"/>
+            <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B104DE8" w14:textId="5D49A39D" w:rsidR="00F43086" w:rsidRPr="000E7E15" w:rsidRDefault="00F43086" w:rsidP="00031350">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="3B104DE8" w14:textId="5D49A39D" w:rsidR="00F43086" w:rsidRPr="00732F4B" w:rsidRDefault="00F43086" w:rsidP="00031350">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lugar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="47D71CC0" w14:textId="77777777" w:rsidTr="000C4077">
+      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="47D71CC0" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="287" w:type="pct"/>
+            <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0D697C1E" w14:textId="6B15EC32" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="002B20A0">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="0D697C1E" w14:textId="6B15EC32" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="002B20A0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>UAB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="pct"/>
+            <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="22CB4A97" w14:textId="189935E8" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="22CB4A97" w14:textId="189935E8" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sachiko Tanuma, </w:t>
+            </w:r>
+            <w:r w:rsidR="002B20A0" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Tokyo Metropolitan University</w:t>
+            </w:r>
+            <w:r w:rsidR="002B20A0" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...69 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6BF94577" w14:textId="15C77198" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="6BF94577" w14:textId="15C77198" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MIPE-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="335" w:type="pct"/>
+            <w:tcW w:w="364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="195519D4" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="195519D4" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Taller</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54EAD26D" w14:textId="01053EA6" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="54EAD26D" w14:textId="01053EA6" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>online</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="pct"/>
+            <w:tcW w:w="824" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4F978487" w14:textId="125059D3" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="4F978487" w14:textId="125059D3" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Introducción a la antropología multimodal para la educación y la investigación en contextos multiculturales: aprende filmando, editando y escuchando</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="464" w:type="pct"/>
+            <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="02C3FC39" w14:textId="531DB891" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="02C3FC39" w14:textId="531DB891" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6 y 13 de noviembre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="33AFCDA1" w14:textId="435BE105" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="33AFCDA1" w14:textId="435BE105" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11-13h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="pct"/>
+            <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="58D1F98B" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="000C4077">
+          <w:p w14:paraId="58D1F98B" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="000C4077">
             <w:pPr>
               <w:ind w:firstLine="101"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inscripciones:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6520063D" w14:textId="21AF3005" w:rsidR="000C4077" w:rsidRDefault="000C4077" w:rsidP="000C4077">
+          <w:p w14:paraId="6520063D" w14:textId="21AF3005" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="000C4077">
             <w:pPr>
               <w:ind w:firstLine="101"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:tooltip="https://urldefense.com/v3/__https://forms.office.com/e/Nhxs1JNRDC?origin=lprLink__;!!D9dNQwwGXtA!R8uNSAANI0mFbOD_ktygBmDyyzyQ5YAZS79ppNHyxGf8ZK7JyJVQKzURgLoXoY12nCPJk9eVf_SHHfUoo9FX50XMPPg$" w:history="1">
-              <w:r w:rsidRPr="000C4077">
+              <w:r w:rsidRPr="00732F4B">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="20"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>https://forms.office.com/e/Nhxs1JNRDC?origin=lprLink</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="000C4077">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="217254A1" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
+          <w:p w14:paraId="217254A1" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Plazas disponibles</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: 20, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
-              </w:rPr>
-[...8 lines deleted...]
-                <w:rStyle w:val="Textoennegrita"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>adjudicadas</w:t>
-[...42 lines deleted...]
-          <w:p w14:paraId="445B2251" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000C4077" w:rsidRDefault="00703E7A" w:rsidP="000C4077">
+              <w:t>adjudicadas por orden de inscripción.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="445B2251" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="000C4077">
             <w:pPr>
               <w:ind w:firstLine="101"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="7A7078CC" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="000C4F4F">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A7078CC" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="000C4F4F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00703E7A" w:rsidRPr="000E7E15" w14:paraId="0277EAC0" w14:textId="77777777" w:rsidTr="000D0E33">
+      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="0277EAC0" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="287" w:type="pct"/>
+            <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AAE612F" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000E7E15" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="3AAE612F" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>UdG</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="pct"/>
+            <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4ED323C9" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000E7E15" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="4ED323C9" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00031350">
-[...75 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dra. Marta Padros (Universitat Autònoma de Barcelona)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1510BC73" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000E7E15" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="1510BC73" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MIPE-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="335" w:type="pct"/>
+            <w:tcW w:w="364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E1A46DE" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00031350" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="3E1A46DE" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Taller</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="111D8A3E" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000E7E15" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="111D8A3E" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>presencial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="pct"/>
+            <w:tcW w:w="824" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="354D2CF6" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000E7E15" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="354D2CF6" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Análisis de datos cualitativos con la asistencia de Atlas.ti</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="464" w:type="pct"/>
+            <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CC2BB4C" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000E7E15" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="6CC2BB4C" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10 de noviembre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05983BF6" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000E7E15" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="05983BF6" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11-14h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="pct"/>
+            <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C410ED4" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00031350" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
-[...22 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="3C410ED4" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00A20980" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A20980">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t>Facultat d'Educació i Psicologia, UdG</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AF09FF1" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00A20980" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A20980">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inscripcions per correu electrònic: vostres dades (nom i cognoms, així com coneixements d'Atlas.ti) a sec.ire@udg.edu abans del 31 d'octubre. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E1FB543" w14:textId="3C34A111" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A20980">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...433 lines deleted...]
-          <w:p w14:paraId="1179A33C" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000E7E15" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>L’aforament de l’aula és limitat, per tant, seran admeses les primeres 24 persones que s’apuntin.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1179A33C" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00703E7A" w:rsidRPr="000E7E15" w14:paraId="17F330EA" w14:textId="77777777" w:rsidTr="000C4077">
+      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="17F330EA" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="287" w:type="pct"/>
+            <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="766A44F0" w14:textId="4BC3E47E" w:rsidR="00703E7A" w:rsidRPr="000C4077" w:rsidRDefault="00703E7A" w:rsidP="002B20A0">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="766A44F0" w14:textId="4BC3E47E" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="002B20A0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>UB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="pct"/>
+            <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="60E38C80" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="60E38C80" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="00732F4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Shamaly Niño</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="244EBDBA" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="00732F4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Juan Carlos Castellanos</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65E396EF" w14:textId="7BD1604F" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="00732F4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Universidad Autónoma de Baja California, México</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="67223074" w14:textId="161B8464" w:rsidR="00703E7A" w:rsidRDefault="00703E7A" w:rsidP="004A7C88">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="67223074" w14:textId="161B8464" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MIP-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="335" w:type="pct"/>
+            <w:tcW w:w="364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="25A9C5FB" w14:textId="477BB285" w:rsidR="00703E7A" w:rsidRPr="000C4077" w:rsidRDefault="00703E7A" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="25A9C5FB" w14:textId="477BB285" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Conferencia presencial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="pct"/>
+            <w:tcW w:w="824" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2AB9076F" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00703E7A" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
+          <w:p w14:paraId="2AB9076F" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Vacíos y rutas emergentes en la investigación sobre inteligencia artificial y educación</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D1D00FA" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000C4077" w:rsidRDefault="00703E7A" w:rsidP="004A7C88">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7D1D00FA" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="464" w:type="pct"/>
+            <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5CBB6C02" w14:textId="7E58BA3B" w:rsidR="00703E7A" w:rsidRPr="000C4077" w:rsidRDefault="00703E7A" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="5CBB6C02" w14:textId="7E58BA3B" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>13 de noviembre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1D2B65DD" w14:textId="6EFDBBBF" w:rsidR="00703E7A" w:rsidRPr="000C4077" w:rsidRDefault="00703E7A" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="1D2B65DD" w14:textId="6EFDBBBF" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>12h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="pct"/>
+            <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3B522BBC" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000E7E15" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
+          <w:p w14:paraId="3B522BBC" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...33 lines deleted...]
-          <w:p w14:paraId="5A649B2B" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000E7E15" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Facultat de Psicologia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A649B2B" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...36 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat de Barcelona</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60A1B296" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>El enlace al formulario de inscripción a la conferencia se hará público en su día en la Comunidad MIPE-DIPE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24EFA0A9" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="000C4077" w:rsidRDefault="00703E7A" w:rsidP="000C4077">
+          <w:p w14:paraId="24EFA0A9" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="000C4077">
             <w:pPr>
               <w:ind w:firstLine="101"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="7C58177C" w14:textId="77777777" w:rsidTr="002B20A0">
+      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="7C58177C" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="287" w:type="pct"/>
+            <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="210DCB4F" w14:textId="69DC74A8" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="009E7D93" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="210DCB4F" w14:textId="69DC74A8" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="009E7D93" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>UB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="pct"/>
+            <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="42BD0C6A" w14:textId="3DA9F806" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="00126B23" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="42BD0C6A" w14:textId="3DA9F806" w:rsidR="009E7D93" w:rsidRPr="00A20980" w:rsidRDefault="00126B23" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A20980">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dra.</w:t>
             </w:r>
-            <w:r w:rsidR="009E7D93" w:rsidRPr="000E7E15">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="009E7D93" w:rsidRPr="00A20980">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Frida Díaz Barriga</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="293D491A" w14:textId="2AA441EC" w:rsidR="009E7D93" w:rsidRPr="00A20980" w:rsidRDefault="009E7D93" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A20980">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...11 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(U</w:t>
+            </w:r>
+            <w:r w:rsidR="002B20A0" w:rsidRPr="00A20980">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">niversidad </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A20980">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="002B20A0" w:rsidRPr="00A20980">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>utónoma Nacional de México</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A20980">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...32 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1F132D5B" w14:textId="77777777" w:rsidR="000C4077" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
-[...13 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="1F132D5B" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F2A3526" w14:textId="0A66A6A1" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="000E7E15" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...25 lines deleted...]
-              <w:t>DIPE</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MIPE-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="335" w:type="pct"/>
+            <w:tcW w:w="364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0145D052" w14:textId="46DAAC97" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="009E7D93" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="0145D052" w14:textId="46DAAC97" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="009E7D93" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Confer</w:t>
             </w:r>
-            <w:r w:rsidR="000C4F4F" w:rsidRPr="000E7E15">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="000C4F4F" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidRPr="000E7E15">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ncia presencial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="pct"/>
+            <w:tcW w:w="824" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="39873EE9" w14:textId="77777777" w:rsidR="00A93BDD" w:rsidRDefault="00A93BDD" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="39873EE9" w14:textId="77777777" w:rsidR="00A93BDD" w:rsidRPr="00732F4B" w:rsidRDefault="00A93BDD" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E558146" w14:textId="1E08252F" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="00A93BDD" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dispositivos narrativos con sentido comunitario</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="464" w:type="pct"/>
+            <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="32A0D389" w14:textId="77777777" w:rsidR="009A0E59" w:rsidRDefault="009A0E59" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="32A0D389" w14:textId="77777777" w:rsidR="009A0E59" w:rsidRPr="00732F4B" w:rsidRDefault="009A0E59" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26096438" w14:textId="7914EBA3" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="009A0E59" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>19 n</w:t>
             </w:r>
-            <w:r w:rsidR="009E7D93" w:rsidRPr="000E7E15">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="009E7D93" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ov</w:t>
             </w:r>
-            <w:r w:rsidR="000C4F4F" w:rsidRPr="000E7E15">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="000C4F4F" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidR="009E7D93" w:rsidRPr="000E7E15">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="009E7D93" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>embre</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="614D5011" w14:textId="16B000A1" w:rsidR="000C4F4F" w:rsidRPr="000E7E15" w:rsidRDefault="000C4F4F" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="614D5011" w14:textId="16B000A1" w:rsidR="000C4F4F" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2BBDEA58" w14:textId="77777777" w:rsidR="009E7D93" w:rsidRDefault="009E7D93" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="2BBDEA58" w14:textId="77777777" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="009E7D93" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E05884B" w14:textId="7BF4AA01" w:rsidR="00750761" w:rsidRPr="00732F4B" w:rsidRDefault="00750761" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>12:30h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="pct"/>
+            <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2EFFE9A6" w14:textId="279323A7" w:rsidR="000C4F4F" w:rsidRPr="000E7E15" w:rsidRDefault="000C4F4F" w:rsidP="000C4F4F">
+          <w:p w14:paraId="2EFFE9A6" w14:textId="279323A7" w:rsidR="000C4F4F" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="000C4F4F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...33 lines deleted...]
-          <w:p w14:paraId="39EF12CF" w14:textId="4B925370" w:rsidR="000C4F4F" w:rsidRPr="000E7E15" w:rsidRDefault="000C4F4F" w:rsidP="000C4077">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Facultat de Psicologia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39EF12CF" w14:textId="4B925370" w:rsidR="000C4F4F" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="000C4077">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...36 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat de Barcelona</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70E31642" w14:textId="77777777" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="000C4F4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>El enlace al formulario de inscripción a la conferencia se hará público en su día en la Comunidad MIPE-DIPE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="654AA991" w14:textId="23B16CC9" w:rsidR="000C4F4F" w:rsidRPr="000E7E15" w:rsidRDefault="000C4F4F" w:rsidP="000C4F4F">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="654AA991" w14:textId="23B16CC9" w:rsidR="000C4F4F" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="000C4F4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="0FDA7D4A" w14:textId="77777777" w:rsidTr="000C4077">
+      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="0FDA7D4A" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="287" w:type="pct"/>
+            <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="42E1F5FC" w14:textId="4A71B1FA" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="42E1F5FC" w14:textId="4A71B1FA" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>UAB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="pct"/>
+            <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="52C0F46F" w14:textId="72D40A0C" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="52C0F46F" w14:textId="72D40A0C" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Borja Manero  Adrián Adrián Soto</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56C6874B" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="002B20A0" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="000C4077" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Escuela de Oratoria, Universidad Complutense de Madrid</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71A6AB32" w14:textId="17F5F651" w:rsidR="00732F4B" w:rsidRPr="00A20980" w:rsidRDefault="00732F4B" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...30 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="18262503" w14:textId="77777777" w:rsidR="000C4077" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
-[...22 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="18262503" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22029786" w14:textId="25ADD08B" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MIPE-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="335" w:type="pct"/>
+            <w:tcW w:w="364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5CB4F87E" w14:textId="77777777" w:rsidR="000C4077" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="5CB4F87E" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7FE55970" w14:textId="6546804D" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Taller</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="587BBAFB" w14:textId="410BE1E1" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="587BBAFB" w14:textId="410BE1E1" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Presencial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="pct"/>
+            <w:tcW w:w="824" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1DC11E14" w14:textId="4A00D6A0" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="72A01958" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Curso práctico de comunicación para investigadores</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C560365" w14:textId="77777777" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...10 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27735C98" w14:textId="77777777" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0571F7A6" w14:textId="77777777" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D53ED85" w14:textId="77777777" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DC11E14" w14:textId="4A00D6A0" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="464" w:type="pct"/>
+            <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="14ABB884" w14:textId="5E8E7A2C" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="14ABB884" w14:textId="5E8E7A2C" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="000916A9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="000916A9" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="000C4077">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> y 2</w:t>
             </w:r>
-            <w:r w:rsidR="000916A9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="000916A9" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="000C4077">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> de noviembre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="25284E9B" w14:textId="77777777" w:rsidR="000C4077" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="25284E9B" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10-14h</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70B1D8DF" w14:textId="77777777" w:rsidR="000C4077" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="70B1D8DF" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F840000" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D1037FB" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C0471A0" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B17ED0E" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AD24BDD" w14:textId="261B33EB" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="pct"/>
+            <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="12915CFB" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="000C4077">
+          <w:p w14:paraId="12915CFB" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="000C4077">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Facultad de Psicología de la UAB (sala B5/119)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DA8C4C0" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="000C4077">
+          <w:p w14:paraId="6DA8C4C0" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="000C4077">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Plazas disponibles: 10, adjudicadas por orden de inscripción</w:t>
             </w:r>
-            <w:r w:rsidRPr="000C4077">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17651EE9" w14:textId="7E73A8F8" w:rsidR="000C4077" w:rsidRPr="000C4077" w:rsidRDefault="000C4077" w:rsidP="000C4077">
+          <w:p w14:paraId="17651EE9" w14:textId="7E73A8F8" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="000C4077">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...28 lines deleted...]
-              <w:t>: a través del siguiente cuestionario:  </w:t>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Plazo de solicitud: desde el lunes 6 de octubre a las 9:00 h hasta completar aforo.Inscripciones: a través del siguiente cuestionario:  </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:tooltip="https://urldefense.com/v3/__https://forms.office.com/e/CB50LhhCe3?origin=lprLink__;!!D9dNQwwGXtA!R8uNSAANI0mFbOD_ktygBmDyyzyQ5YAZS79ppNHyxGf8ZK7JyJVQKzURgLoXoY12nCPJk9eVf_SHHfUoo9FXR7banvQ$" w:history="1">
-              <w:r w:rsidRPr="000C4077">
+              <w:r w:rsidRPr="00732F4B">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="20"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>https://forms.office.com/e/CB50LhhCe3?origin=lprLink</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="7A35FCE5" w14:textId="77777777" w:rsidR="000C4077" w:rsidRDefault="000C4077" w:rsidP="000C4F4F">
+          <w:p w14:paraId="7A35FCE5" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="000C4F4F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="544E429C" w14:textId="77777777" w:rsidR="000C4077" w:rsidRDefault="000C4077" w:rsidP="000C4F4F">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="544E429C" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="000C4F4F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="10B521B3" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="000E7E15" w:rsidRDefault="000C4077" w:rsidP="000C4F4F">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10B521B3" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="000C4F4F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F913DF" w:rsidRPr="000E7E15" w14:paraId="6A6E90EE" w14:textId="77777777" w:rsidTr="00F913DF">
+      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="66E509CE" w14:textId="77777777" w:rsidTr="00732F4B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="1428"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="278" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="247B746B" w14:textId="565D9035" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>UdG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="543" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F2DE704" w14:textId="0D7CF49F" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dra. Eleanor Rowan de la Universidad de Utrecht</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="295" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F045C7F" w14:textId="77777777" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="364" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="355D3806" w14:textId="3A6DD8AD" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Conferencia presencial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="680D805B" w14:textId="506CEACD" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="00732F4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Identidad e intereses en la adolescencia. Una investigación en curso</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="543B0762" w14:textId="77777777" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="00732F4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="448" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="14BC3FCD" w14:textId="181CDC61" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="00732F4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26 de noviembre </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77972632" w14:textId="77777777" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="347" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA14612" w14:textId="7BE36B32" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11-13h</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="53081440" w14:textId="58FD79A0" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="00732F4B">
+            <w:pPr>
+              <w:ind w:left="176"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Aula 341 (tercera planta) Facultat d’Educació i Psicologia, Universitat de Girona</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57A25E46" w14:textId="77777777" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="00732F4B">
+            <w:pPr>
+              <w:ind w:left="176"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77FDAC3F" w14:textId="77777777" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="00732F4B">
+            <w:pPr>
+              <w:ind w:left="176"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Inscripción: escribir a </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:tooltip="mailto:moises.esteban@udg.edu" w:history="1">
+              <w:r w:rsidRPr="00732F4B">
+                <w:rPr>
+                  <w:rStyle w:val="Hipervnculo"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>moises.esteban@udg.edu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="520A0EC2" w14:textId="77777777" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="000C4077">
+            <w:pPr>
+              <w:ind w:left="176"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="6A6E90EE" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="287" w:type="pct"/>
+            <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1BDEB481" w14:textId="2CC203B8" w:rsidR="00F913DF" w:rsidRPr="000E7E15" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="1BDEB481" w14:textId="2CC203B8" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>UB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="pct"/>
+            <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03FE35F2" w14:textId="77777777" w:rsidR="00F913DF" w:rsidRPr="00F913DF" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="03FE35F2" w14:textId="77777777" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dra. Verónica Pizarro Torres</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49BF74BB" w14:textId="4949338D" w:rsidR="00F913DF" w:rsidRDefault="00A24C6F" w:rsidP="00A11CBD">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="49BF74BB" w14:textId="4949338D" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00A24C6F" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00F913DF" w:rsidRPr="00F913DF">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00F913DF" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Universidad de Chile</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50EE08CB" w14:textId="178BC47E" w:rsidR="00F913DF" w:rsidRPr="000E7E15" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="50EE08CB" w14:textId="178BC47E" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MIPE-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="335" w:type="pct"/>
+            <w:tcW w:w="364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56D42BF0" w14:textId="0B209F08" w:rsidR="00F913DF" w:rsidRPr="000E7E15" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="56D42BF0" w14:textId="0B209F08" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Conferencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="pct"/>
+            <w:tcW w:w="824" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B1C4034" w14:textId="4D95B939" w:rsidR="00F913DF" w:rsidRPr="00F913DF" w:rsidRDefault="00F913DF" w:rsidP="00F913DF">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7B1C4034" w14:textId="4D95B939" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00F913DF" w:rsidP="00F913DF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Aprendizaje y Servicio en la Educación Superior Chilena: una </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24A66803" w14:textId="61F55641" w:rsidR="00F913DF" w:rsidRPr="000E7E15" w:rsidRDefault="00F913DF" w:rsidP="00F913DF">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="24A66803" w14:textId="61F55641" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00F913DF" w:rsidP="00F913DF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>experiencia en el área de Costos e Impuestos en una universidad pública y una privada</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="464" w:type="pct"/>
+            <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1EF0FC0E" w14:textId="22C4B8ED" w:rsidR="00F913DF" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="1EF0FC0E" w14:textId="22C4B8ED" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16 enero</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E026B12" w14:textId="48758BBA" w:rsidR="00F913DF" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="1E026B12" w14:textId="48758BBA" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16-18h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="pct"/>
+            <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DD25E0A" w14:textId="77777777" w:rsidR="00F913DF" w:rsidRPr="000E7E15" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
+          <w:p w14:paraId="5DD25E0A" w14:textId="77777777" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w14:paraId="3A795100" w14:textId="77777777" w:rsidTr="006413DA">
+      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="3A795100" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="287" w:type="pct"/>
+            <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="700EEB96" w14:textId="42861FB5" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="700EEB96" w14:textId="42861FB5" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>UB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="pct"/>
+            <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49491F75" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="49491F75" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A20980">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dra.</w:t>
             </w:r>
-            <w:r w:rsidRPr="000E7E15">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Brenda A. Lara-Subiabre</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0770C278" w14:textId="1548B7A1" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
-[...10 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="0770C278" w14:textId="1548B7A1" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Universidad de Los Lagos, Chile)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BE13B81" w14:textId="5DB5444A" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
-[...30 lines deleted...]
-              <w:t>DIPE</w:t>
+          <w:p w14:paraId="0BE13B81" w14:textId="5DB5444A" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MIPE-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="335" w:type="pct"/>
+            <w:tcW w:w="364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AB48965" w14:textId="2376F994" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="5AB48965" w14:textId="2376F994" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Conferencia presencial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="pct"/>
+            <w:tcW w:w="824" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B07D71C" w14:textId="1CC1D388" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="5B07D71C" w14:textId="1CC1D388" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>El rol del diálogo en la identidad reflexiva docente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="464" w:type="pct"/>
+            <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7860076F" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="7860076F" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>28 de febrero</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56D42AD5" w14:textId="52DCB6DC" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="247C092B" w14:textId="170A34A6" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="247C092B" w14:textId="170A34A6" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>12:00h.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="pct"/>
+            <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B5CACF1" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
+          <w:p w14:paraId="5B5CACF1" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...33 lines deleted...]
-          <w:p w14:paraId="0D636D8C" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Facultat de Psicologia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D636D8C" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...23 lines deleted...]
-          <w:p w14:paraId="3A6E5F17" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat de Barcelona</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A6E5F17" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...18 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3742B6EB" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>El enlace al formulario de inscripción a la conferencia se hará público en su día en la Comunidad MIPE-DIPE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45787DA7" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="000E7E15" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="45787DA7" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="4A167DCC" w14:textId="77777777" w:rsidTr="006413DA">
+      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="4A167DCC" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="287" w:type="pct"/>
+            <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7480FF4A" w14:textId="3DC5FB47" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="7480FF4A" w14:textId="3DC5FB47" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>URL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="pct"/>
+            <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6F459A59" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...20 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="6F459A59" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C3F3414" w14:textId="63F1D46A" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dra.</w:t>
             </w:r>
-            <w:r w:rsidR="00260E37" w:rsidRPr="000E7E15">
-[...30 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="00260E37" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ana Sala (Universitat Ramón Llull)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13CEBE49" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7FBDC4E5" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...22 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7FBDC4E5" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E377908" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIPE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="212AFADB" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="212AFADB" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(a partir de segundo curso)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D66A87E" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="7D66A87E" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="335" w:type="pct"/>
+            <w:tcW w:w="364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="08E659F6" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...22 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="08E659F6" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0815E0E7" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Seminario</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A61A9AD" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4A61A9AD" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>presencial</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="665AEFE5" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="665AEFE5" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="pct"/>
+            <w:tcW w:w="824" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1FB72EB0" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...77 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="1FB72EB0" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5186CB70" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Iniciació en l’escriptura i publicació científica (I)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49B2036D" w14:textId="3B3755B0" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(20h.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="464" w:type="pct"/>
+            <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="54DF1E26" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="003A075E" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="54DF1E26" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E947026" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D9E2A63" w14:textId="77777777" w:rsidR="0032753B" w:rsidRPr="00732F4B" w:rsidRDefault="0032753B" w:rsidP="0032753B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9, 16, 23 febrero</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D3A4144" w14:textId="37CD1CAA" w:rsidR="00260E37" w:rsidRPr="003A075E" w:rsidRDefault="0032753B" w:rsidP="0032753B">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="4D3A4144" w14:textId="37CD1CAA" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="0032753B" w:rsidP="0032753B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2, 9, 16 i 23 marzo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3CE517D8" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...32 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="3CE517D8" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3BD085E5" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49AD8685" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>17:00-20:00h</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4EE6B148" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="4EE6B148" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="pct"/>
+            <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="210E7E7A" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...58 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="210E7E7A" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4416BFD9" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37CAC425" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat Ramon Llull</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="721C482D" w14:textId="379198DB" w:rsidR="003A075E" w:rsidRPr="00732F4B" w:rsidRDefault="003A075E" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...27 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(aula E0-05)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="032C005C" w14:textId="5014C965" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="47B7EEA6" w14:textId="77777777" w:rsidTr="006413DA">
+      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="47B7EEA6" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="287" w:type="pct"/>
+            <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2A866AEB" w14:textId="676A3F4F" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="2A866AEB" w14:textId="676A3F4F" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>URL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="pct"/>
+            <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="720BBACC" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...20 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="720BBACC" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="470A230A" w14:textId="4F6EDAA6" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dra.</w:t>
             </w:r>
-            <w:r w:rsidR="00260E37" w:rsidRPr="000E7E15">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00260E37" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Montserrat Castelló</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AEF0515" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...49 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="6AEF0515" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(Universitat Ramón Llull)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EA2D749" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01C07A57" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7829F1A5" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...22 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7829F1A5" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C2836F5" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIPE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5021FB39" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="5021FB39" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="335" w:type="pct"/>
+            <w:tcW w:w="364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2DD14420" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...22 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="2DD14420" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="502F417C" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Seminario</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42AFAC93" w14:textId="3FF02549" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="42AFAC93" w14:textId="3FF02549" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>presencial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="pct"/>
+            <w:tcW w:w="824" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7AD3494B" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...59 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="7AD3494B" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16AFB20B" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Escriure i publicar el primer article de recerca (II)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="687C5F56" w14:textId="6D4E03C5" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(20h.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="464" w:type="pct"/>
+            <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="64F38A1C" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="003A075E" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="64F38A1C" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B3749FC" w14:textId="77777777" w:rsidR="0032753B" w:rsidRPr="00732F4B" w:rsidRDefault="0032753B" w:rsidP="0032753B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9, 16, 23 febrero</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06626194" w14:textId="131E48C1" w:rsidR="00260E37" w:rsidRPr="003A075E" w:rsidRDefault="0032753B" w:rsidP="0032753B">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="06626194" w14:textId="131E48C1" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="0032753B" w:rsidP="0032753B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2, 9, 16 i 23 marzo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3B1B04E4" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...22 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="3B1B04E4" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="169773CD" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>17:00-20:00h</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07461D7F" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="07461D7F" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="pct"/>
+            <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4B423DAA" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...48 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="4B423DAA" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47447375" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat Ramon Llull</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="686ED89D" w14:textId="7F78DEDD" w:rsidR="003A075E" w:rsidRPr="00732F4B" w:rsidRDefault="003A075E" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(aula E0-06)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27E6437E" w14:textId="600FAF3F" w:rsidR="00260E37" w:rsidRPr="000E7E15" w:rsidRDefault="00260E37" w:rsidP="00260E37">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="27E6437E" w14:textId="600FAF3F" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="77D7ED2E" w14:textId="77777777" w:rsidTr="006413DA">
+      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="022D5E78" w14:textId="77777777" w:rsidTr="00732F4B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="1427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="278" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="41E088BF" w14:textId="591FC61E" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>UB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="543" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DEAD456" w14:textId="7EC1FFEB" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dra. Marcela Salinas (Universidad Católica de Chile)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="295" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E0D5FD" w14:textId="1231372C" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIPE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="364" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CB0B596" w14:textId="77777777" w:rsidR="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="107E1039" w14:textId="41DF4040" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Seminario presencial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F410EDB" w14:textId="2A68F0D0" w:rsidR="00092633" w:rsidRPr="00732F4B" w:rsidRDefault="000940D1" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000940D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Análisis de datos, a través del uso de grupos focales. Investigación sobre parentalidad en contextos vulnerables</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="448" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="49C48B2D" w14:textId="77777777" w:rsidR="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="00732F4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>18, 25 febrero</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DE3D196" w14:textId="275B1FFF" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="00732F4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA19EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>marzo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="347" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="77EC1BCA" w14:textId="6CA68B34" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00092633" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>15-1</w:t>
+            </w:r>
+            <w:r w:rsidR="000563B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>h</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="47216AE5" w14:textId="77777777" w:rsidR="00092633" w:rsidRPr="00732F4B" w:rsidRDefault="00092633" w:rsidP="00092633">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Facultat de Psicologia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="680EAAB5" w14:textId="77777777" w:rsidR="00092633" w:rsidRPr="00732F4B" w:rsidRDefault="00092633" w:rsidP="00092633">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat de Barcelona</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15B7C197" w14:textId="77777777" w:rsidR="00092633" w:rsidRPr="00732F4B" w:rsidRDefault="00092633" w:rsidP="00092633">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37F30C58" w14:textId="458A7D8B" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00092633" w:rsidP="00092633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>El enlace al formulario de inscripción a la conferencia se hará público en su día en la Comunidad MIPE-DIPE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="77D7ED2E" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="287" w:type="pct"/>
+            <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C367876" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="000E7E15" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
-[...22 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="1C367876" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70B81158" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>URL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="607E4BF0" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="000E7E15" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="607E4BF0" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="pct"/>
+            <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68341079" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="000E7E15" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
-[...20 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="68341079" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00A20980" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="341DB070" w14:textId="6AC6F19C" w:rsidR="00AF6E6D" w:rsidRPr="00A20980" w:rsidRDefault="00126B23" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dra.</w:t>
             </w:r>
-            <w:r w:rsidR="00AF6E6D" w:rsidRPr="000E7E15">
-[...60 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00AF6E6D" w:rsidRPr="00A20980">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Montserrat Castellò</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72068569" w14:textId="77777777" w:rsidR="000C4F4F" w:rsidRPr="00A20980" w:rsidRDefault="000C4F4F" w:rsidP="000C4F4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A20980">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Universitat Ramón Llull)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3068ED71" w14:textId="776CAB4A" w:rsidR="000C4F4F" w:rsidRPr="00A20980" w:rsidRDefault="000C4F4F" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4469C8B7" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="000E7E15" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
-[...22 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4469C8B7" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00A20980" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2945E4F5" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MIPE-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="335" w:type="pct"/>
+            <w:tcW w:w="364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="796D41A0" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="000E7E15" w:rsidRDefault="00AF6E6D" w:rsidP="00126B23">
-[...22 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="796D41A0" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00126B23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F7B80EC" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00126B23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Presencial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="pct"/>
+            <w:tcW w:w="824" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="700DC9DA" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00126B23" w:rsidRDefault="00AF6E6D" w:rsidP="00126B23">
-[...30 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="700DC9DA" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00126B23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1880D0FB" w14:textId="77777777" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="009E7D93" w:rsidP="00126B23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C05B498" w14:textId="072F1AB6" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00126B23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(a concretar)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="464" w:type="pct"/>
+            <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61EE038F" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="000E7E15" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
-[...22 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="61EE038F" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="512DC8D7" w14:textId="07DBE637" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="0032753B" w:rsidP="0003232E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4 marzo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="647EBC91" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="000E7E15" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
-[...22 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="647EBC91" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D14E60F" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>18.00-20.30h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="pct"/>
+            <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55CAB00E" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="000E7E15" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
-[...43 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="55CAB00E" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29477E4D" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="00732F4B" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat Ramon Llull</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BD0E46C" w14:textId="54C2FA92" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="4E32F364" w14:textId="77777777" w:rsidTr="006413DA">
+      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="5AD1AD89" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="287" w:type="pct"/>
+            <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="009483A2" w14:textId="77777777" w:rsidR="009E7D93" w:rsidRDefault="009E7D93" w:rsidP="00290B9A">
-[...25 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="31CD51FA" w14:textId="77777777" w:rsidR="00092633" w:rsidRDefault="00092633" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="765F348A" w14:textId="29C97D01" w:rsidR="00092633" w:rsidRPr="00732F4B" w:rsidRDefault="00092633" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...3 lines deleted...]
-              <w:t>URL</w:t>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>UB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="pct"/>
+            <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4AC1E114" w14:textId="6D2FEFAC" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="00126B23" w:rsidP="00290B9A">
-[...81 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3DB09209" w14:textId="75E2435C" w:rsidR="00092633" w:rsidRPr="00092633" w:rsidRDefault="00092633" w:rsidP="00092633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00092633">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cecilia Ortiz </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3067B40B" w14:textId="496DFB2B" w:rsidR="00092633" w:rsidRPr="00092633" w:rsidRDefault="00092633" w:rsidP="00092633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00092633">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(RedCLARA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CFB80E4" w14:textId="1B497777" w:rsidR="00092633" w:rsidRPr="00092633" w:rsidRDefault="00092633" w:rsidP="00092633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Hipervnculo"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00092633">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cooperación Latino Americana de Redes Avanzadas)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00092633">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00092633">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://www.linkedin.com/company/633877/?lipi=urn%3Ali%3Apage%3Ad_flagship3_profile_view_base%3Bd8FuUHrJSmCRu22Oe15wSw%3D%3D" \t "_self"</w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00092633">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00092633">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D6F8B98" w14:textId="1B95CE44" w:rsidR="00092633" w:rsidRPr="00092633" w:rsidRDefault="00092633" w:rsidP="00092633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00092633">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="41E2B66B" w14:textId="7B2BF0A7" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="000E7E15" w:rsidP="00290B9A">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7B4B0AA0" w14:textId="05D4908A" w:rsidR="00092633" w:rsidRPr="00732F4B" w:rsidRDefault="00092633" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...11 lines deleted...]
-              <w:t>DIPE</w:t>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MIPE-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="335" w:type="pct"/>
+            <w:tcW w:w="364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7C992B2C" w14:textId="77777777" w:rsidR="00126B23" w:rsidRDefault="00126B23" w:rsidP="00126B23">
-[...24 lines deleted...]
-              <w:t>Presencial</w:t>
+          <w:p w14:paraId="08E3961D" w14:textId="78072C16" w:rsidR="00092633" w:rsidRPr="00732F4B" w:rsidRDefault="00092633" w:rsidP="00126B23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>online</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="pct"/>
+            <w:tcW w:w="824" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="23EABA0D" w14:textId="77777777" w:rsidR="009E7D93" w:rsidRPr="00126B23" w:rsidRDefault="009E7D93" w:rsidP="00126B23">
-[...35 lines deleted...]
-              <w:t>(a concretar)</w:t>
+          <w:p w14:paraId="266A71C7" w14:textId="0E43B7E6" w:rsidR="00092633" w:rsidRPr="00092633" w:rsidRDefault="00092633" w:rsidP="00092633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00092633">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Sesgos e inclusión</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C9B952A" w14:textId="3B49FF0A" w:rsidR="00092633" w:rsidRPr="00092633" w:rsidRDefault="00092633" w:rsidP="00092633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00092633">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">en la </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>IA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00092633">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57B65D19" w14:textId="6EDBAB31" w:rsidR="00092633" w:rsidRPr="00092633" w:rsidRDefault="00092633" w:rsidP="00092633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00092633">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>implicaciones</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FF8BED9" w14:textId="77777777" w:rsidR="00092633" w:rsidRDefault="00092633" w:rsidP="00092633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00092633">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>epistemológicas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E027EED" w14:textId="716AC99D" w:rsidR="00092633" w:rsidRPr="00732F4B" w:rsidRDefault="00092633" w:rsidP="00092633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(provisional)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="464" w:type="pct"/>
+            <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7C2D8B2B" w14:textId="14422D41" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="0032753B" w:rsidP="00290B9A">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="12F38ACE" w14:textId="57B2F7F1" w:rsidR="00092633" w:rsidRDefault="00BA19EE" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...20 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11 m</w:t>
+            </w:r>
+            <w:r w:rsidR="00092633">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">arzo </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60CBF9E6" w14:textId="07DEC92C" w:rsidR="00092633" w:rsidRPr="00732F4B" w:rsidRDefault="00092633" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7A40ECC6" w14:textId="10BD5502" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="009E7D93" w:rsidP="00290B9A">
-[...14 lines deleted...]
-              <w:t>18.00-20.30h</w:t>
+          <w:p w14:paraId="0C3EE86A" w14:textId="4CDBE34F" w:rsidR="00092633" w:rsidRPr="00732F4B" w:rsidRDefault="00BA19EE" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>15:00-17:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="pct"/>
+            <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4AD8CAE0" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="000E7E15" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
-[...35 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5D5F3D8F" w14:textId="77777777" w:rsidR="00092633" w:rsidRDefault="00092633" w:rsidP="00C92870">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6466E7A6" w14:textId="42374502" w:rsidR="00092633" w:rsidRPr="00732F4B" w:rsidRDefault="00092633" w:rsidP="00C92870">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>El enlace al formulario de inscripción a la conferencia se hará público en su día en la Comunidad MIPE-DIPE</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="3A33850F" w14:textId="77777777" w:rsidTr="006413DA">
+      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="4E32F364" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="287" w:type="pct"/>
+            <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="018D4688" w14:textId="77777777" w:rsidR="009E7D93" w:rsidRDefault="009E7D93" w:rsidP="00290B9A">
-[...32 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="009483A2" w14:textId="77777777" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="009E7D93" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C888315" w14:textId="77777777" w:rsidR="0032753B" w:rsidRPr="00732F4B" w:rsidRDefault="0032753B" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76B7D145" w14:textId="2A78D135" w:rsidR="0032753B" w:rsidRPr="00732F4B" w:rsidRDefault="0032753B" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>URL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="pct"/>
+            <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1379BD74" w14:textId="630A7904" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="00126B23" w:rsidP="00290B9A">
-[...10 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="4AC1E114" w14:textId="6D2FEFAC" w:rsidR="009E7D93" w:rsidRPr="00A20980" w:rsidRDefault="00126B23" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dra.</w:t>
             </w:r>
-            <w:r w:rsidR="009E7D93" w:rsidRPr="000E7E15">
-[...60 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="009E7D93" w:rsidRPr="00A20980">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Montserrat Castellò</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AE49CB4" w14:textId="77777777" w:rsidR="000C4F4F" w:rsidRPr="00A20980" w:rsidRDefault="000C4F4F" w:rsidP="000C4F4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A20980">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Universitat Ramón Llull)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04E43570" w14:textId="1EF43410" w:rsidR="000C4F4F" w:rsidRPr="00A20980" w:rsidRDefault="000C4F4F" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="37F4576D" w14:textId="7C046D94" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="000E7E15" w:rsidP="00290B9A">
-[...30 lines deleted...]
-              <w:t>DIPE</w:t>
+          <w:p w14:paraId="41E2B66B" w14:textId="7B2BF0A7" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="000E7E15" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MIPE-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="335" w:type="pct"/>
+            <w:tcW w:w="364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="545465C2" w14:textId="77777777" w:rsidR="00126B23" w:rsidRDefault="00126B23" w:rsidP="00126B23">
-[...22 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7C992B2C" w14:textId="77777777" w:rsidR="00126B23" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00126B23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="317D1192" w14:textId="4CD0AD67" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00126B23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Presencial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="pct"/>
+            <w:tcW w:w="824" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="22A1BDC3" w14:textId="77777777" w:rsidR="009E7D93" w:rsidRPr="00126B23" w:rsidRDefault="009E7D93" w:rsidP="00126B23">
-[...30 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="23EABA0D" w14:textId="77777777" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="009E7D93" w:rsidP="00126B23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60D3EC42" w14:textId="77777777" w:rsidR="00126B23" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00126B23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2617DAB1" w14:textId="3D1B885A" w:rsidR="00126B23" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00126B23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(a concretar)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="464" w:type="pct"/>
+            <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="46228F72" w14:textId="2CC0758C" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="0032753B" w:rsidP="00290B9A">
-[...14 lines deleted...]
-              <w:t>22 abril</w:t>
+          <w:p w14:paraId="7C2D8B2B" w14:textId="14422D41" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="0032753B" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8 </w:t>
+            </w:r>
+            <w:r w:rsidR="002B20A0" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="009E7D93" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>bril</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="36E5D5D1" w14:textId="4A72E459" w:rsidR="009E7D93" w:rsidRPr="000E7E15" w:rsidRDefault="009E7D93" w:rsidP="00290B9A">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7A40ECC6" w14:textId="10BD5502" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="009E7D93" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>18.00-20.30h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="pct"/>
+            <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="79EBD30E" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="000E7E15" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
-[...33 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4AD8CAE0" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="00732F4B" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat Ramon Llull</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27C86762" w14:textId="36C50E9D" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="009E7D93" w:rsidP="00C92870">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="6416FFF2" w14:textId="77777777" w:rsidTr="000C4077">
+      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="3A33850F" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="287" w:type="pct"/>
+            <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="54D3082E" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="000E7E15" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
-[...49 lines deleted...]
-              <w:t>UB</w:t>
+          <w:p w14:paraId="018D4688" w14:textId="77777777" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="009E7D93" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="203D4D53" w14:textId="77777777" w:rsidR="0032753B" w:rsidRPr="00732F4B" w:rsidRDefault="0032753B" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68D9FCA0" w14:textId="67A0AAA3" w:rsidR="0032753B" w:rsidRPr="00732F4B" w:rsidRDefault="0032753B" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>URL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="pct"/>
+            <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="17030332" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="000E7E15" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
-[...114 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1379BD74" w14:textId="630A7904" w:rsidR="009E7D93" w:rsidRPr="00A20980" w:rsidRDefault="00126B23" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Dra.</w:t>
+            </w:r>
+            <w:r w:rsidR="009E7D93" w:rsidRPr="00A20980">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Montserrat Castellò</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4065D40C" w14:textId="77777777" w:rsidR="000C4F4F" w:rsidRPr="00A20980" w:rsidRDefault="000C4F4F" w:rsidP="000C4F4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A20980">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Universitat Ramón Llull)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DBD7313" w14:textId="197E1F29" w:rsidR="000C4F4F" w:rsidRPr="00A20980" w:rsidRDefault="000C4F4F" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="70796335" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="000E7E15" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
-[...33 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="37F4576D" w14:textId="7C046D94" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="000E7E15" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MIPE-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="335" w:type="pct"/>
+            <w:tcW w:w="364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4F4781E7" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="000E7E15" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
-[...66 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="545465C2" w14:textId="77777777" w:rsidR="00126B23" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00126B23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33CABAED" w14:textId="1B1A2043" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00126B23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Presencial</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="pct"/>
+            <w:tcW w:w="824" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6B3D43A0" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="000E7E15" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
-[...16 lines deleted...]
-                <w:iCs/>
+          <w:p w14:paraId="22A1BDC3" w14:textId="77777777" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="009E7D93" w:rsidP="00126B23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52490EE9" w14:textId="77777777" w:rsidR="00126B23" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00126B23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0371F722" w14:textId="57CDEB57" w:rsidR="00126B23" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00126B23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-              <w:t>Enfoques analíticos cualitativos (Parte II): taller práctico</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(a concretar)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="464" w:type="pct"/>
+            <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5F6B72E1" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="000E7E15" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
-[...68 lines deleted...]
-              <w:t>(a concretar)</w:t>
+          <w:p w14:paraId="46228F72" w14:textId="2CC0758C" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="0032753B" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>22 abril</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="52301CB1" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="000E7E15" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
-[...35 lines deleted...]
-              <w:t>15-18h</w:t>
+          <w:p w14:paraId="36E5D5D1" w14:textId="4A72E459" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="009E7D93" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>18.00-20.30h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="pct"/>
+            <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="109B1B26" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="000E7E15" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
-[...138 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="79EBD30E" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="00732F4B" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat Ramon Llull</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A487EC1" w14:textId="77777777" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="009E7D93" w:rsidP="00C92870">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4077" w:rsidRPr="000E7E15" w14:paraId="79446E72" w14:textId="77777777" w:rsidTr="006413DA">
+      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="6416FFF2" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="287" w:type="pct"/>
+            <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="29120DEB" w14:textId="7FBDA113" w:rsidR="00D249C9" w:rsidRPr="000E7E15" w:rsidRDefault="004F722B" w:rsidP="00C92870">
+          <w:p w14:paraId="54D3082E" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EEDB7DC" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40B34305" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0FBD15D2" w14:textId="381EF753" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>UB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="pct"/>
+            <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1990B899" w14:textId="046E8459" w:rsidR="00D249C9" w:rsidRDefault="00126B23" w:rsidP="00C92870">
+          <w:p w14:paraId="17030332" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...31 lines deleted...]
-          <w:p w14:paraId="6EB44222" w14:textId="40964715" w:rsidR="00126B23" w:rsidRPr="00126B23" w:rsidRDefault="00126B23" w:rsidP="00C92870">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="699E590C" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...31 lines deleted...]
-          <w:p w14:paraId="34ACBEE6" w14:textId="205E6CE2" w:rsidR="000E7E15" w:rsidRPr="000E7E15" w:rsidRDefault="000E7E15" w:rsidP="00C92870">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7ACB10ED" w14:textId="7E0259A0" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dr.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF6E6D" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Andres di Masso</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63FAD707" w14:textId="432C3485" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="00C92870">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF6E6D" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat de Barcelona</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="62243ED1" w14:textId="7BC63110" w:rsidR="00D249C9" w:rsidRPr="000E7E15" w:rsidRDefault="003A4DD3" w:rsidP="00AF6E6D">
+          <w:p w14:paraId="70796335" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...10 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7BDFD665" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29181B29" w14:textId="5530E17E" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>MIPE-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="335" w:type="pct"/>
+            <w:tcW w:w="364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="238AB9C9" w14:textId="1AE42428" w:rsidR="00D249C9" w:rsidRPr="000E7E15" w:rsidRDefault="0085504B" w:rsidP="00D249C9">
+          <w:p w14:paraId="4F4781E7" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="054F60AD" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="513C7396" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Seminario</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="172B17D0" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>presencial</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CD6B1CA" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="pct"/>
+            <w:tcW w:w="824" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1C06100A" w14:textId="2D6DAC93" w:rsidR="00D249C9" w:rsidRPr="000E7E15" w:rsidRDefault="00D249C9" w:rsidP="00D249C9">
+          <w:p w14:paraId="6B3D43A0" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="736F4734" w14:textId="285852C1" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-                <w:lang w:eastAsia="es-ES"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>in</w:t>
-[...21 lines deleted...]
-              <w:t>cial. Aportes desde el contexto chileno</w:t>
+              <w:t>Enfoques analíticos cualitativos (Parte II): taller práctico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="464" w:type="pct"/>
+            <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2FA21611" w14:textId="75934914" w:rsidR="00D249C9" w:rsidRPr="000E7E15" w:rsidRDefault="00D249C9" w:rsidP="00D249C9">
+          <w:p w14:paraId="5F6B72E1" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...27 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3823077E" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BE32865" w14:textId="040AA749" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="00C92870">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF6E6D" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>bril</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F0B9845" w14:textId="1FCCB430" w:rsidR="000C4F4F" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="00C92870">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(a concretar)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="78355A1F" w14:textId="21EA9C12" w:rsidR="00D249C9" w:rsidRPr="000E7E15" w:rsidRDefault="00D249C9" w:rsidP="00AF6E6D">
+          <w:p w14:paraId="52301CB1" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">18.00 </w:t>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AC995BC" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4ADD44A4" w14:textId="42820232" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>15-18h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="pct"/>
+            <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="79092298" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="000E7E15" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
+          <w:p w14:paraId="109B1B26" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...33 lines deleted...]
-          <w:p w14:paraId="6E810C10" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="000E7E15" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="296D3242" w14:textId="3E875F24" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...23 lines deleted...]
-          <w:p w14:paraId="67B8C2E9" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="000E7E15" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Faculta</w:t>
+            </w:r>
+            <w:r w:rsidR="000C4F4F" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">t </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>de Psicolog</w:t>
+            </w:r>
+            <w:r w:rsidR="000C4F4F" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D2DE352" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...32 lines deleted...]
-          <w:p w14:paraId="31CF5032" w14:textId="77777777" w:rsidR="00D249C9" w:rsidRPr="000E7E15" w:rsidRDefault="00D249C9" w:rsidP="00C92870">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat de Barcelona</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4476965B" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="259F1C8C" w14:textId="14730B89" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>El enlace al formulario de inscripción a la conferencia se hará público en su día en la Comunidad MIPE-DIPE</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006413DA" w:rsidRPr="000E7E15" w14:paraId="4A8504D4" w14:textId="77777777" w:rsidTr="000D0E33">
+      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="79446E72" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="287" w:type="pct"/>
+            <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6FA548FA" w14:textId="77777777" w:rsidR="006413DA" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
-[...24 lines deleted...]
-              <w:t>URL</w:t>
+          <w:p w14:paraId="29120DEB" w14:textId="7FBDA113" w:rsidR="00D249C9" w:rsidRPr="00732F4B" w:rsidRDefault="004F722B" w:rsidP="00C92870">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>UB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="pct"/>
+            <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5F0C112B" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
-[...14 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="1990B899" w14:textId="046E8459" w:rsidR="00D249C9" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00C92870">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dra.</w:t>
             </w:r>
-            <w:r w:rsidRPr="000E7E15">
-[...60 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00D249C9" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Diana Gómez Gallo</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EB44222" w14:textId="40964715" w:rsidR="00126B23" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00C92870">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(Fundación Turning Point)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34ACBEE6" w14:textId="205E6CE2" w:rsidR="000E7E15" w:rsidRPr="00732F4B" w:rsidRDefault="000E7E15" w:rsidP="00C92870">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="524A2968" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
-[...30 lines deleted...]
-              <w:t>DIPE</w:t>
+          <w:p w14:paraId="62243ED1" w14:textId="7BC63110" w:rsidR="00D249C9" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="00AF6E6D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MIPE-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="335" w:type="pct"/>
+            <w:tcW w:w="364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="022358E5" w14:textId="77777777" w:rsidR="006413DA" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
-[...22 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="238AB9C9" w14:textId="1AE42428" w:rsidR="00D249C9" w:rsidRPr="00732F4B" w:rsidRDefault="0085504B" w:rsidP="00D249C9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Presencial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="pct"/>
+            <w:tcW w:w="824" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6459F47B" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00126B23" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
-[...30 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="1C06100A" w14:textId="2D6DAC93" w:rsidR="00D249C9" w:rsidRPr="00732F4B" w:rsidRDefault="00D249C9" w:rsidP="00D249C9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:iCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>(a concretar)</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>El papel del personal educativo para promover el desarrollo socioemocional en niñas y niños en la educación in</w:t>
+            </w:r>
+            <w:r w:rsidR="000E7E15" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>cial. Aportes desde el contexto chileno</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="464" w:type="pct"/>
+            <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0A7DF24F" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
-[...30 lines deleted...]
-              <w:t>yo</w:t>
+          <w:p w14:paraId="2FA21611" w14:textId="75934914" w:rsidR="00D249C9" w:rsidRPr="00732F4B" w:rsidRDefault="00D249C9" w:rsidP="00D249C9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22 </w:t>
+            </w:r>
+            <w:r w:rsidR="000C4F4F" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>de a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>bril</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1CC572D4" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
-[...14 lines deleted...]
-              <w:t>18.00-20.30h</w:t>
+          <w:p w14:paraId="78355A1F" w14:textId="21EA9C12" w:rsidR="00D249C9" w:rsidRPr="00732F4B" w:rsidRDefault="00D249C9" w:rsidP="00AF6E6D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="pct"/>
+            <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5DD2F659" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
-[...33 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="79092298" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="00732F4B" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Facultat de Psicologia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E810C10" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="00732F4B" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat de Barcelona</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67B8C2E9" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="00732F4B" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="361A63A6" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="00732F4B" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>El enlace al formulario de inscripción a la conferencia se hará público en su día en la Comunidad MIPE-DIPE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31CF5032" w14:textId="77777777" w:rsidR="00D249C9" w:rsidRPr="00732F4B" w:rsidRDefault="00D249C9" w:rsidP="00C92870">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006413DA" w:rsidRPr="000E7E15" w14:paraId="0A8F913B" w14:textId="77777777" w:rsidTr="006413DA">
+      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="4A8504D4" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="287" w:type="pct"/>
+            <w:tcW w:w="278" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FA548FA" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32ED9223" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>URL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="543" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F0C112B" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00A20980" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Dra.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A20980">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Montserrat Castellò</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CFB9142" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00A20980" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A20980">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Universitat Ramón Llull)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A008DBC" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00A20980" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="295" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="524A2968" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MIPE-DIPE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="364" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="022358E5" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21160210" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Presencial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6459F47B" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A050D44" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EDAC9D6" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(a concretar)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="448" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A7DF24F" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6 mayo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="347" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CC572D4" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>18.00-20.30h</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DD2F659" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat Ramon Llull</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01418B2E" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="0A8F913B" w14:textId="77777777" w:rsidTr="00732F4B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6DC40179" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="00C92870">
+          <w:p w14:paraId="6DC40179" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="pct"/>
+            <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="13796C81" w14:textId="77777777" w:rsidR="006413DA" w:rsidRDefault="006413DA" w:rsidP="00C92870">
+          <w:p w14:paraId="13796C81" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="344459EB" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="00AF6E6D">
+          <w:p w14:paraId="344459EB" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="00AF6E6D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="335" w:type="pct"/>
+            <w:tcW w:w="364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3D3A6A08" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="00D249C9">
+          <w:p w14:paraId="3D3A6A08" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="00D249C9">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="pct"/>
+            <w:tcW w:w="824" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="050290B3" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="00D249C9">
+          <w:p w14:paraId="050290B3" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="00D249C9">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="464" w:type="pct"/>
+            <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4E75C3B2" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="00D249C9">
+          <w:p w14:paraId="4E75C3B2" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="00D249C9">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="16E16500" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="00AF6E6D">
+          <w:p w14:paraId="16E16500" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="00AF6E6D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1973" w:type="pct"/>
+            <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5FEC629A" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="000E7E15" w:rsidRDefault="006413DA" w:rsidP="000E7E15">
+          <w:p w14:paraId="5FEC629A" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000E7E15">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22961E3C" w14:textId="77777777" w:rsidR="001D140F" w:rsidRPr="000E7E15" w:rsidRDefault="001D140F" w:rsidP="009A51A3">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="22961E3C" w14:textId="77777777" w:rsidR="001D140F" w:rsidRPr="00732F4B" w:rsidRDefault="001D140F" w:rsidP="009A51A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17357CB9" w14:textId="77777777" w:rsidR="00031350" w:rsidRPr="000E7E15" w:rsidRDefault="00031350" w:rsidP="009A51A3">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="17357CB9" w14:textId="77777777" w:rsidR="00031350" w:rsidRPr="00732F4B" w:rsidRDefault="00031350" w:rsidP="009A51A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29541659" w14:textId="77777777" w:rsidR="000C4F4F" w:rsidRDefault="000C4F4F" w:rsidP="009A51A3">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="29541659" w14:textId="77777777" w:rsidR="000C4F4F" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="009A51A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41528525" w14:textId="77777777" w:rsidR="000C4077" w:rsidRDefault="000C4077" w:rsidP="009A51A3">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="41528525" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="009A51A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BDF83EB" w14:textId="77777777" w:rsidR="000C4077" w:rsidRDefault="000C4077" w:rsidP="009A51A3">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="1BDF83EB" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="009A51A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DA29B31" w14:textId="77777777" w:rsidR="000C4077" w:rsidRDefault="000C4077" w:rsidP="009A51A3">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="3DA29B31" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="009A51A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05AB32F6" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="000E7E15" w:rsidRDefault="000C4077" w:rsidP="009A51A3">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="05AB32F6" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="009A51A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A6C43E1" w14:textId="77777777" w:rsidR="00B93E65" w:rsidRPr="000E7E15" w:rsidRDefault="00B93E65" w:rsidP="009A51A3">
+    <w:p w14:paraId="7A6C43E1" w14:textId="77777777" w:rsidR="00B93E65" w:rsidRPr="00732F4B" w:rsidRDefault="00B93E65" w:rsidP="009A51A3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D2FCD8B" w14:textId="2BA517B6" w:rsidR="004D3FFE" w:rsidRPr="00BD06F6" w:rsidRDefault="004D3FFE" w:rsidP="009A51A3">
+    <w:p w14:paraId="2D2FCD8B" w14:textId="2BA517B6" w:rsidR="004D3FFE" w:rsidRPr="00732F4B" w:rsidRDefault="004D3FFE" w:rsidP="009A51A3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD06F6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>ESTUDIANTES DIPE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75899CCB" w14:textId="77777777" w:rsidR="00A75196" w:rsidRPr="00031350" w:rsidRDefault="00A75196" w:rsidP="009A51A3">
+    <w:p w14:paraId="75899CCB" w14:textId="77777777" w:rsidR="00A75196" w:rsidRPr="00732F4B" w:rsidRDefault="00A75196" w:rsidP="009A51A3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7010FC6B" w14:textId="2BCCF41F" w:rsidR="00A75196" w:rsidRPr="00031350" w:rsidRDefault="00A75196" w:rsidP="009A51A3">
+    <w:p w14:paraId="7010FC6B" w14:textId="2BCCF41F" w:rsidR="00A75196" w:rsidRPr="00732F4B" w:rsidRDefault="00A75196" w:rsidP="009A51A3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Acuerdos de la Comisión Académica Interuniversitaria del DIPE. Barcelona, 17 de octubre de </w:t>
+        <w:t>Acuerdos de la Comisión Académica Interuniversitaria del DIPE. Barcelona, 17 de octubre de 2022 (revisados en septiembre de 202</w:t>
       </w:r>
-      <w:r w:rsidRPr="003A4DD3">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="002D70FE" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="003A4DD3">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45695A78" w14:textId="141AB7E1" w:rsidR="00A75196" w:rsidRPr="00031350" w:rsidRDefault="00A75196" w:rsidP="009A51A3">
+    <w:p w14:paraId="45695A78" w14:textId="141AB7E1" w:rsidR="00A75196" w:rsidRPr="00732F4B" w:rsidRDefault="00A75196" w:rsidP="009A51A3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75C083FC" w14:textId="72E84EC7" w:rsidR="00A75196" w:rsidRPr="00031350" w:rsidRDefault="00A75196" w:rsidP="009A51A3">
+    <w:p w14:paraId="75C083FC" w14:textId="72E84EC7" w:rsidR="00A75196" w:rsidRPr="00732F4B" w:rsidRDefault="00A75196" w:rsidP="009A51A3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Es necesario acreditar al menos 9 (5 en el caso de los/as estudiantes matriculados a tiempo parcial) de las Actividades Formativas (AF) que aparecen en este documento (ver nota). Cada </w:t>
       </w:r>
-      <w:r w:rsidR="003C226E" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="003C226E" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>sesión</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> contabiliza como una</w:t>
       </w:r>
-      <w:r w:rsidR="003C226E" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="003C226E" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> AF</w:t>
       </w:r>
-      <w:r w:rsidR="009A51A3">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="009A51A3" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>. En</w:t>
       </w:r>
-      <w:r w:rsidR="003C226E" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="003C226E" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> el caso de aquellas AF que se realizan en 2 o 3 sesiones, es necesario participar en todas las sesiones.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CA8C30B" w14:textId="77777777" w:rsidR="00994703" w:rsidRPr="00031350" w:rsidRDefault="00994703" w:rsidP="009A51A3">
+    <w:p w14:paraId="3CA8C30B" w14:textId="77777777" w:rsidR="00994703" w:rsidRPr="00732F4B" w:rsidRDefault="00994703" w:rsidP="009A51A3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26CD6E9C" w14:textId="262C78C9" w:rsidR="00243ED6" w:rsidRPr="00031350" w:rsidRDefault="00243ED6" w:rsidP="009A51A3">
+    <w:p w14:paraId="26CD6E9C" w14:textId="262C78C9" w:rsidR="00243ED6" w:rsidRPr="00732F4B" w:rsidRDefault="00243ED6" w:rsidP="009A51A3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Las tres lenguas del DIPE (</w:t>
       </w:r>
-      <w:r w:rsidR="00CE46E1" w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00CE46E1" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>atal</w:t>
       </w:r>
-      <w:r w:rsidR="006C5A5A" w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="006C5A5A" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>á</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">n, castellano e inglés) se combinarán para facilitar la </w:t>
       </w:r>
-      <w:r w:rsidR="00206EB6" w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00206EB6" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">participación en </w:t>
       </w:r>
-      <w:r w:rsidR="00A42CE3" w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00A42CE3" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">las actividades de </w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">los estudiantes de fuera de </w:t>
       </w:r>
-      <w:r w:rsidR="00312B06" w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00312B06" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>ataluña.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EDF1EFE" w14:textId="0C448DA5" w:rsidR="004D3FFE" w:rsidRPr="00031350" w:rsidRDefault="004D3FFE" w:rsidP="009A51A3">
+    <w:p w14:paraId="1EDF1EFE" w14:textId="0C448DA5" w:rsidR="004D3FFE" w:rsidRPr="00732F4B" w:rsidRDefault="004D3FFE" w:rsidP="009A51A3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65062DBF" w14:textId="77777777" w:rsidR="00476333" w:rsidRDefault="00476333" w:rsidP="009A51A3">
+    <w:p w14:paraId="65062DBF" w14:textId="77777777" w:rsidR="00476333" w:rsidRPr="00732F4B" w:rsidRDefault="00476333" w:rsidP="009A51A3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Nota: ver documento “Actividades formativas del programa de doctorado conjunto (DIPE) en Psicología de la Educación: características, planificación, seguimiento, acreditación y registro”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="551C2901" w14:textId="77777777" w:rsidR="003A075E" w:rsidRPr="00031350" w:rsidRDefault="003A075E" w:rsidP="009A51A3">
+    <w:p w14:paraId="551C2901" w14:textId="77777777" w:rsidR="003A075E" w:rsidRPr="00732F4B" w:rsidRDefault="003A075E" w:rsidP="009A51A3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A7649AC" w14:textId="77777777" w:rsidR="00476333" w:rsidRPr="00031350" w:rsidRDefault="00476333" w:rsidP="009A51A3">
+    <w:p w14:paraId="2A7649AC" w14:textId="77777777" w:rsidR="00476333" w:rsidRPr="00732F4B" w:rsidRDefault="00476333" w:rsidP="009A51A3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52641854" w14:textId="77777777" w:rsidR="00476333" w:rsidRPr="00031350" w:rsidRDefault="00476333" w:rsidP="009A51A3">
+    <w:p w14:paraId="52641854" w14:textId="77777777" w:rsidR="00476333" w:rsidRPr="00732F4B" w:rsidRDefault="00476333" w:rsidP="009A51A3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="372F21EF" w14:textId="16F50F99" w:rsidR="00243ED6" w:rsidRPr="00BD06F6" w:rsidRDefault="00243ED6" w:rsidP="009A51A3">
+    <w:p w14:paraId="372F21EF" w14:textId="16F50F99" w:rsidR="00243ED6" w:rsidRPr="00732F4B" w:rsidRDefault="00243ED6" w:rsidP="009A51A3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>Estudiantes en su último curso</w:t>
       </w:r>
-      <w:r w:rsidR="002F03C0" w:rsidRPr="00BD06F6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="002F03C0" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> del DIPE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F6324FC" w14:textId="77777777" w:rsidR="00243ED6" w:rsidRPr="00031350" w:rsidRDefault="00243ED6" w:rsidP="009A51A3">
+    <w:p w14:paraId="6F6324FC" w14:textId="77777777" w:rsidR="00243ED6" w:rsidRPr="00732F4B" w:rsidRDefault="00243ED6" w:rsidP="009A51A3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12187362" w14:textId="2A0AF6B3" w:rsidR="00243ED6" w:rsidRPr="00031350" w:rsidRDefault="00243ED6" w:rsidP="009A51A3">
+    <w:p w14:paraId="12187362" w14:textId="2A0AF6B3" w:rsidR="00243ED6" w:rsidRPr="00732F4B" w:rsidRDefault="00243ED6" w:rsidP="009A51A3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Las AF </w:t>
       </w:r>
-      <w:r w:rsidR="00CE46E1" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00CE46E1" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">que es necesario acreditar son proporcionales </w:t>
       </w:r>
-      <w:r w:rsidR="00A42CE3" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00A42CE3" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">a los meses que se cursan durante el último </w:t>
       </w:r>
-      <w:r w:rsidR="003A4DD3">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="003A4DD3" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>curso</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> hasta que se deposita la tesis.</w:t>
       </w:r>
-      <w:r w:rsidR="00312B06" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00312B06" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Las AF realizadas durante el curso </w:t>
       </w:r>
-      <w:r w:rsidR="009C7DBE" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="009C7DBE" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>en el que se deposite la tesis</w:t>
       </w:r>
-      <w:r w:rsidR="00312B06" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00312B06" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> se incluirán en el documento que el/la estudiante elabora con todas las AF realizadas durante todo el periodo de doctorado</w:t>
       </w:r>
-      <w:r w:rsidR="00A42CE3" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00A42CE3" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002F03C0" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="002F03C0" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">y que debe adjuntar en el momento de depositar la tesis, </w:t>
       </w:r>
-      <w:r w:rsidR="00A42CE3" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00A42CE3" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>y que tiene que ser aprobado por la C</w:t>
       </w:r>
-      <w:r w:rsidR="002F03C0" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="002F03C0" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">omisión </w:t>
       </w:r>
-      <w:r w:rsidR="00A42CE3" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00A42CE3" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="002F03C0" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="002F03C0" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>cadémica del DIPE</w:t>
       </w:r>
-      <w:r w:rsidR="00312B06" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00312B06" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="715617BD" w14:textId="7D6D5D09" w:rsidR="00243ED6" w:rsidRPr="00031350" w:rsidRDefault="00243ED6" w:rsidP="009A51A3">
+    <w:p w14:paraId="715617BD" w14:textId="7D6D5D09" w:rsidR="00243ED6" w:rsidRPr="00732F4B" w:rsidRDefault="00243ED6" w:rsidP="009A51A3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24084939" w14:textId="50BDE18D" w:rsidR="00243ED6" w:rsidRPr="00031350" w:rsidRDefault="006C5A5A" w:rsidP="009A51A3">
+    <w:p w14:paraId="24084939" w14:textId="50BDE18D" w:rsidR="00243ED6" w:rsidRPr="00732F4B" w:rsidRDefault="006C5A5A" w:rsidP="009A51A3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00243ED6" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00243ED6" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">l documento general que guía las AF para los estudiantes que ingresan en el DIPE a partir del curso 2022-23 es el que se aprobó en 2022. En el caso de los estudiantes que se matricularon por primera vez antes del curso </w:t>
       </w:r>
-      <w:r w:rsidR="00CE46E1" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00CE46E1" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00243ED6" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00243ED6" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>22-23, el documento de referencia es el anterior</w:t>
       </w:r>
-      <w:r w:rsidR="00A42CE3" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00A42CE3" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (con fecha</w:t>
       </w:r>
-      <w:r w:rsidR="00243ED6" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00243ED6" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2014</w:t>
       </w:r>
-      <w:r w:rsidR="00A42CE3" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00A42CE3" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>). Los cambios afectan</w:t>
       </w:r>
-      <w:r w:rsidR="00206EB6" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00206EB6" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00243ED6" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00243ED6" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">especialmente </w:t>
       </w:r>
-      <w:r w:rsidR="00A42CE3" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00A42CE3" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00243ED6" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00243ED6" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> las publicaciones de artículos</w:t>
       </w:r>
-      <w:r w:rsidR="00312B06" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00312B06" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (misma cantidad de artículos</w:t>
       </w:r>
-      <w:r w:rsidR="00A42CE3" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00A42CE3" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00312B06" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00312B06" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> pero </w:t>
       </w:r>
-      <w:r w:rsidR="0003232E">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="0003232E" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="002F03C0" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="002F03C0" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00312B06" w:rsidRPr="00031350">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> requisito de estar indexados en </w:t>
+      <w:r w:rsidR="00312B06" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> requisito de estar indexados en Scopus)</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00243ED6" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00A42CE3" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00A42CE3" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Con todo, </w:t>
       </w:r>
-      <w:r w:rsidR="00243ED6" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00243ED6" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>de manera general</w:t>
       </w:r>
-      <w:r w:rsidR="00A42CE3" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00A42CE3" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00243ED6" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00243ED6" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> se </w:t>
       </w:r>
-      <w:r w:rsidR="00CE46E1" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00CE46E1" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>recomienda</w:t>
       </w:r>
-      <w:r w:rsidR="00243ED6" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00243ED6" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A42CE3" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00A42CE3" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="00243ED6" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00243ED6" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>los</w:t>
       </w:r>
-      <w:r w:rsidR="00312B06" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00312B06" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/las</w:t>
       </w:r>
-      <w:r w:rsidR="00243ED6" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00243ED6" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00312B06" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00312B06" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>estudiantes</w:t>
       </w:r>
-      <w:r w:rsidR="00243ED6" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00243ED6" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A42CE3" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00A42CE3" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">que </w:t>
       </w:r>
-      <w:r w:rsidR="00243ED6" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00243ED6" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>tomen como referencia el documento aprobado en 2022 y publicado en la Comunidad</w:t>
       </w:r>
-      <w:r w:rsidR="00A42CE3" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00A42CE3" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> MIPE-DIPE</w:t>
       </w:r>
-      <w:r w:rsidR="00243ED6" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00243ED6" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48131647" w14:textId="77777777" w:rsidR="00243ED6" w:rsidRPr="00031350" w:rsidRDefault="00243ED6" w:rsidP="009A51A3">
+    <w:p w14:paraId="48131647" w14:textId="77777777" w:rsidR="00243ED6" w:rsidRPr="00732F4B" w:rsidRDefault="00243ED6" w:rsidP="009A51A3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CEC60F3" w14:textId="77777777" w:rsidR="00A75196" w:rsidRPr="00031350" w:rsidRDefault="00A75196" w:rsidP="009A51A3">
+    <w:p w14:paraId="3CEC60F3" w14:textId="77777777" w:rsidR="00A75196" w:rsidRPr="00732F4B" w:rsidRDefault="00A75196" w:rsidP="009A51A3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70B4BA15" w14:textId="42A4876E" w:rsidR="004D3FFE" w:rsidRPr="00BD06F6" w:rsidRDefault="004D3FFE" w:rsidP="009A51A3">
+    <w:p w14:paraId="70B4BA15" w14:textId="42A4876E" w:rsidR="004D3FFE" w:rsidRPr="00732F4B" w:rsidRDefault="004D3FFE" w:rsidP="009A51A3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD06F6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>ESTUDIANTES MIPE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72E632E2" w14:textId="77777777" w:rsidR="00243ED6" w:rsidRPr="00031350" w:rsidRDefault="00243ED6" w:rsidP="009A51A3">
+    <w:p w14:paraId="72E632E2" w14:textId="77777777" w:rsidR="00243ED6" w:rsidRPr="00732F4B" w:rsidRDefault="00243ED6" w:rsidP="009A51A3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66787C40" w14:textId="6D5A9AE6" w:rsidR="001F7311" w:rsidRDefault="004D3FFE" w:rsidP="009A51A3">
+    <w:p w14:paraId="66787C40" w14:textId="6D5A9AE6" w:rsidR="001F7311" w:rsidRPr="00732F4B" w:rsidRDefault="004D3FFE" w:rsidP="009A51A3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Los</w:t>
       </w:r>
-      <w:r w:rsidR="002F03C0" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="002F03C0" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>/as</w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> estudiantes deben aportar al menos los certificados de asistencia a </w:t>
       </w:r>
-      <w:r w:rsidR="00401E3F" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00401E3F" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">actividades formativas realizadas durante el periodo en que han cursado el MIPE, </w:t>
       </w:r>
-      <w:r w:rsidR="00A42CE3" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00A42CE3" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">junto con la memoria del </w:t>
       </w:r>
-      <w:r w:rsidR="00EA3A01" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00EA3A01" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>prácticum,</w:t>
       </w:r>
-      <w:r w:rsidR="00A42CE3" w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00A42CE3" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00031350">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>para obtener la máxima calificación en dicha asignatura.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C591059" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRDefault="003A4DD3" w:rsidP="009A51A3">
+    <w:p w14:paraId="4C591059" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="009A51A3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B4EB450" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRDefault="003A4DD3" w:rsidP="009A51A3">
+    <w:p w14:paraId="7B4EB450" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="009A51A3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0101397D" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="003A4DD3" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
+    <w:p w14:paraId="0101397D" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003A4DD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>ESTUDIANTS DIPE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27071221" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="003A4DD3" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
+    <w:p w14:paraId="27071221" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="554F4BCA" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00A11183" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
+    <w:p w14:paraId="554F4BCA" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A11183">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
-        <w:t>Acords de la Comissió Acadèmica Interuniversitària del DIPE. Barcelona, ​​17 d'octubre del 2022 (revisats el setembre del 2025).</w:t>
+        <w:t xml:space="preserve">Acords de la Comissió Acadèmica Interuniversitària del DIPE. Barcelona, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>​​</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>17 d'octubre del 2022 (revisats el setembre del 2025).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E1B5484" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00A11183" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
+    <w:p w14:paraId="5E1B5484" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59864316" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00A11183" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
+    <w:p w14:paraId="59864316" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A11183">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>Cal acreditar almenys 9 (5 en el cas dels estudiants matriculats a temps parcial) de les Activitats Formatives (AF) que apareixen en aquest document (veure nota). Cada sessió comptabilitza com una AF. En el cas d'aquelles AF que es realitzen en 2 o 3 sessions, cal participar a totes les sessions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EC89BDB" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00A11183" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
+    <w:p w14:paraId="0EC89BDB" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="410FD383" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00A11183" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
+    <w:p w14:paraId="410FD383" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A11183">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>Les tres llengües del DIPE (català, castellà i anglès) es combinaran per facilitar la participació a les activitats dels estudiants de fora de Catalunya.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17320FD9" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00A11183" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
+    <w:p w14:paraId="17320FD9" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7696C7B4" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00A11183" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
+    <w:p w14:paraId="7696C7B4" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A11183">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>Nota: vegeu document “Activitats formatives del programa de doctorat conjunt (DIPE) en Psicologia de l'Educació: característiques, planificació, seguiment, acreditació i registre”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1178365C" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00A11183" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
+    <w:p w14:paraId="1178365C" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BCA2589" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00A11183" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
+    <w:p w14:paraId="4BCA2589" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="250EE8DD" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00A11183" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
+    <w:p w14:paraId="250EE8DD" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A11183">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Estudiants al seu darrer curs del DIPE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="480835EF" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00A11183" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
+    <w:p w14:paraId="480835EF" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E09EEE2" w14:textId="3D132514" w:rsidR="003A4DD3" w:rsidRPr="00A11183" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
+    <w:p w14:paraId="7E09EEE2" w14:textId="3D132514" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A11183">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
-        <w:t>Les AF que cal acreditar són proporcionals als mesos que es cursen durant el darrer curs fins que es diposita la tesi. Les AF realitzades durant el curs en què es dipositi la tesi s'inclouran al document que l'estudiant elabora amb totes les AF realitzades durant tot el període de doctorat i que ha d'adjuntar en el moment de dipositar la tesi, i que ha de ser aprovat per la Comissió Acadèmica del DIPE.</w:t>
+        <w:t xml:space="preserve">Les AF que cal acreditar són proporcionals als mesos que es cursen durant el darrer curs fins que es diposita la tesi. Les AF realitzades durant el curs en què es dipositi la tesi s'inclouran al document que l'estudiant elabora amb totes les AF realitzades durant tot el període de doctorat i que ha d'adjuntar en el moment de dipositar la tesi, i que ha de ser aprovat per la Comissió </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Acadèmica del DIPE.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E1E44DE" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00A11183" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
+    <w:p w14:paraId="5E1E44DE" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A44E0B9" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00A11183" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
+    <w:p w14:paraId="4A44E0B9" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A11183">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">El document general que guia les AF per als estudiants que ingressen al DIPE a partir del curs 2022-23 és el que es va aprovar el 2022. En el cas dels estudiants que es van matricular per primera vegada abans del curs 2022-23, el document de referència és l'anterior (amb data 2014). Els canvis afecten especialment les publicacions d'articles (mateixa quantitat d'articles, però sense requisit d'estar indexats a </w:t>
-[...19 lines deleted...]
-        <w:t>). Amb tot, de manera general, es recomana als/les estudiants que prenguin com a referència el document aprovat el 2022 i publicat a la Comunitat MIPE-DIPE.</w:t>
+        <w:t>El document general que guia les AF per als estudiants que ingressen al DIPE a partir del curs 2022-23 és el que es va aprovar el 2022. En el cas dels estudiants que es van matricular per primera vegada abans del curs 2022-23, el document de referència és l'anterior (amb data 2014). Els canvis afecten especialment les publicacions d'articles (mateixa quantitat d'articles, però sense requisit d'estar indexats a Scopus). Amb tot, de manera general, es recomana als/les estudiants que prenguin com a referència el document aprovat el 2022 i publicat a la Comunitat MIPE-DIPE.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F6DFE82" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00A11183" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
+    <w:p w14:paraId="4F6DFE82" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49C9B13E" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00A11183" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
+    <w:p w14:paraId="49C9B13E" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59A18691" w14:textId="01A70075" w:rsidR="003A4DD3" w:rsidRPr="00A11183" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
+    <w:p w14:paraId="59A18691" w14:textId="01A70075" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A11183">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>ESTUDIANTS MIPE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24B449DC" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00A11183" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
+    <w:p w14:paraId="24B449DC" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61EC4E10" w14:textId="338246F4" w:rsidR="003A4DD3" w:rsidRPr="00A11183" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
+    <w:p w14:paraId="61EC4E10" w14:textId="338246F4" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A11183">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>Els/les estudiants han d'aportar almenys els certificats d'assistència a dues activitats formatives realitzades durant el període en què han cursat el MIPE, juntament amb la memòria del pràcticum, per obtenir la màxima qualificació en aquesta assignatura.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CA2B632" w14:textId="77777777" w:rsidR="00F85089" w:rsidRPr="00031350" w:rsidRDefault="00F85089" w:rsidP="00031350">
+    <w:p w14:paraId="4CA2B632" w14:textId="77777777" w:rsidR="00F85089" w:rsidRPr="00732F4B" w:rsidRDefault="00F85089" w:rsidP="00031350">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00F85089" w:rsidRPr="00031350" w:rsidSect="00E05ECF">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId11"/>
+    <w:sectPr w:rsidR="00F85089" w:rsidRPr="00732F4B" w:rsidSect="00E05ECF">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="16820" w:h="11900" w:orient="landscape"/>
       <w:pgMar w:top="284" w:right="1100" w:bottom="1134" w:left="941" w:header="0" w:footer="896" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2400DF4D" w14:textId="77777777" w:rsidR="004A1F5F" w:rsidRDefault="004A1F5F">
+    <w:p w14:paraId="108A884D" w14:textId="77777777" w:rsidR="0002788E" w:rsidRDefault="0002788E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A9EFBA8" w14:textId="77777777" w:rsidR="004A1F5F" w:rsidRDefault="004A1F5F">
+    <w:p w14:paraId="46CB0296" w14:textId="77777777" w:rsidR="0002788E" w:rsidRDefault="0002788E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="00000500000000020000"/>
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0604020202020204"/>
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2E10C659" w14:textId="1216B99B" w:rsidR="00715861" w:rsidRDefault="004D3FFE">
     <w:pPr>
       <w:spacing w:line="200" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US" w:eastAsia="en-US"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C3B44F7" wp14:editId="0FD2C684">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>9628505</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>6838315</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="127000" cy="177800"/>
@@ -10263,58 +10167,58 @@
               <wp:wrapNone/>
               <wp:docPr id="4" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="127000" cy="177800"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                          <a14:hiddenFill xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns="" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns="" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                          <a14:hiddenLine xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns="" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" w="9525">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns="" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="43096856" w14:textId="55E88D2D" w:rsidR="00715861" w:rsidRDefault="00715861">
                           <w:pPr>
                             <w:spacing w:line="265" w:lineRule="exact"/>
                             <w:ind w:left="40"/>
                           </w:pPr>
                           <w:r>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:instrText xml:space="preserve"> PAGE </w:instrText>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="separate"/>
@@ -10324,116 +10228,116 @@
                               <w:noProof/>
                             </w:rPr>
                             <w:t>2</w:t>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+        <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5C3B44F7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:758.15pt;margin-top:538.45pt;width:10pt;height:14pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDS7UxM0gEAAJADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJw1IYcYquRYcB&#13;&#10;3QVo9wGyLNnGbFEjldjZ14+S43SXt6IvAi1Sh+cc0rvraejF0SB14Eq5XuVSGKeh7lxTyu9P9++u&#13;&#10;pKCgXK16cKaUJ0Pyev/2zW70hdlAC31tUDCIo2L0pWxD8EWWkW7NoGgF3jhOWsBBBf7EJqtRjYw+&#13;&#10;9Nkmz99nI2DtEbQh4tu7OSn3Cd9ao8NXa8kE0ZeSuYV0YjqreGb7nSoaVL7t9JmGegGLQXWOm16g&#13;&#10;7lRQ4oDdf1BDpxEIbFhpGDKwttMmaWA16/wfNY+t8iZpYXPIX2yi14PVX46P/huKMH2AiQeYRJB/&#13;&#10;AP2DhIPbVrnG3CDC2BpVc+N1tCwbPRXnp9FqKiiCVONnqHnI6hAgAU0Wh+gK6xSMzgM4XUw3UxA6&#13;&#10;ttxs85wzmlPr7faK49hBFctjjxQ+GhhEDEqJPNMEro4PFObSpST2cnDf9X2aa+/+umDMeJPIR74z&#13;&#10;8zBVE1dHERXUJ5aBMK8JrzUHLeAvKUZekVLSz4NCI0X/ybEVcZ+WAJegWgLlND8tZZBiDm/DvHcH&#13;&#10;j13TMvJstoMbtst2ScozizNPHnsy47yica/+/E5Vzz/S/jcAAAD//wMAUEsDBBQABgAIAAAAIQBP&#13;&#10;H6gR5QAAABQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9NT8MwDL0j8R8iI3FjSRkrtGs6TXyckCa6&#13;&#10;cuCYtlkbrXFKk23l3+Oe4GK9Zz8/P2ebyfbsrEdvHEqIFgKYxto1BlsJn+Xb3RMwHxQ2qneoJfxo&#13;&#10;D5v8+ipTaeMuWOjzPrSMTNCnSkIXwpBy7utOW+UXbtBIs4MbrQpEx5Y3o7qQue35vRAxt8ogXejU&#13;&#10;oJ87XR/3Jyth+4XFq/neVR/FoTBlmQh8j49S3t5ML2sq2zWwoKfwtwHzD5QfcgpWuRM2nvXEV1G8&#13;&#10;JC0h8RgnwGbNajn3KkKReEiA5xn//0z+CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#13;&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#13;&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANLt&#13;&#10;TEzSAQAAkAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#13;&#10;AE8fqBHlAAAAFAEAAA8AAAAAAAAAAAAAAAAALAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#13;&#10;APMAAAA+BQAAAAA=&#13;&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:758.15pt;margin-top:538.45pt;width:10pt;height:14pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDS7UxM0gEAAJADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJw1IYcYquRYcB&#10;3QVo9wGyLNnGbFEjldjZ14+S43SXt6IvAi1Sh+cc0rvraejF0SB14Eq5XuVSGKeh7lxTyu9P9++u&#10;pKCgXK16cKaUJ0Pyev/2zW70hdlAC31tUDCIo2L0pWxD8EWWkW7NoGgF3jhOWsBBBf7EJqtRjYw+&#10;9Nkmz99nI2DtEbQh4tu7OSn3Cd9ao8NXa8kE0ZeSuYV0YjqreGb7nSoaVL7t9JmGegGLQXWOm16g&#10;7lRQ4oDdf1BDpxEIbFhpGDKwttMmaWA16/wfNY+t8iZpYXPIX2yi14PVX46P/huKMH2AiQeYRJB/&#10;AP2DhIPbVrnG3CDC2BpVc+N1tCwbPRXnp9FqKiiCVONnqHnI6hAgAU0Wh+gK6xSMzgM4XUw3UxA6&#10;ttxs85wzmlPr7faK49hBFctjjxQ+GhhEDEqJPNMEro4PFObSpST2cnDf9X2aa+/+umDMeJPIR74z&#10;8zBVE1dHERXUJ5aBMK8JrzUHLeAvKUZekVLSz4NCI0X/ybEVcZ+WAJegWgLlND8tZZBiDm/DvHcH&#10;j13TMvJstoMbtst2ScozizNPHnsy47yica/+/E5Vzz/S/jcAAAD//wMAUEsDBBQABgAIAAAAIQBP&#10;H6gR5QAAABQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9NT8MwDL0j8R8iI3FjSRkrtGs6TXyckCa6&#10;cuCYtlkbrXFKk23l3+Oe4GK9Zz8/P2ebyfbsrEdvHEqIFgKYxto1BlsJn+Xb3RMwHxQ2qneoJfxo&#10;D5v8+ipTaeMuWOjzPrSMTNCnSkIXwpBy7utOW+UXbtBIs4MbrQpEx5Y3o7qQue35vRAxt8ogXejU&#10;oJ87XR/3Jyth+4XFq/neVR/FoTBlmQh8j49S3t5ML2sq2zWwoKfwtwHzD5QfcgpWuRM2nvXEV1G8&#10;JC0h8RgnwGbNajn3KkKReEiA5xn//0z+CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANLt&#10;TEzSAQAAkAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AE8fqBHlAAAAFAEAAA8AAAAAAAAAAAAAAAAALAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="43096856" w14:textId="55E88D2D" w:rsidR="00715861" w:rsidRDefault="00715861">
                     <w:pPr>
                       <w:spacing w:line="265" w:lineRule="exact"/>
                       <w:ind w:left="40"/>
                     </w:pPr>
                     <w:r>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:instrText xml:space="preserve"> PAGE </w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r w:rsidR="00B13A95">
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A22582C" w14:textId="77777777" w:rsidR="004A1F5F" w:rsidRDefault="004A1F5F">
+    <w:p w14:paraId="4132ED0C" w14:textId="77777777" w:rsidR="0002788E" w:rsidRDefault="0002788E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6898FBDC" w14:textId="77777777" w:rsidR="004A1F5F" w:rsidRDefault="004A1F5F">
+    <w:p w14:paraId="38985DDB" w14:textId="77777777" w:rsidR="0002788E" w:rsidRDefault="0002788E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="37E9BC18" w14:textId="77777777" w:rsidR="00715861" w:rsidRDefault="00715861">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="031BDFE6" wp14:editId="307F652C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>1659890</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>132080</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1511935" cy="1420495"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Imagen 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -10562,51 +10466,51 @@
   </w:p>
   <w:p w14:paraId="19DC1DCC" w14:textId="77777777" w:rsidR="00715861" w:rsidRDefault="00715861">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2C6FD7E1" w14:textId="77777777" w:rsidR="00715861" w:rsidRDefault="00715861">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="745A4DAC" w14:textId="5869E908" w:rsidR="00715861" w:rsidRDefault="00715861">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="721DBBC8" w14:textId="77777777" w:rsidR="00715861" w:rsidRDefault="00715861">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="088A5244"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="94AC1A2C"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -12422,105 +12326,108 @@
   <w:num w:numId="11" w16cid:durableId="1245452153">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1965691833">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="935015648">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="246619368">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1180043945">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="296498978">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="148521235">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="1077"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001725D9"/>
     <w:rsid w:val="00003E88"/>
     <w:rsid w:val="00005211"/>
     <w:rsid w:val="000123A2"/>
     <w:rsid w:val="000142FE"/>
     <w:rsid w:val="00016C9E"/>
     <w:rsid w:val="00017A3C"/>
     <w:rsid w:val="000235D5"/>
+    <w:rsid w:val="0002788E"/>
     <w:rsid w:val="00027D10"/>
     <w:rsid w:val="00030395"/>
     <w:rsid w:val="00031350"/>
     <w:rsid w:val="0003232E"/>
     <w:rsid w:val="00036035"/>
     <w:rsid w:val="000420D7"/>
     <w:rsid w:val="00043BDE"/>
     <w:rsid w:val="00045A72"/>
     <w:rsid w:val="000461D7"/>
     <w:rsid w:val="00051015"/>
     <w:rsid w:val="00051E7F"/>
     <w:rsid w:val="000534D0"/>
+    <w:rsid w:val="000563B1"/>
     <w:rsid w:val="0006216D"/>
     <w:rsid w:val="0006373E"/>
     <w:rsid w:val="00065987"/>
     <w:rsid w:val="000676A5"/>
     <w:rsid w:val="000737B9"/>
     <w:rsid w:val="00077F17"/>
     <w:rsid w:val="00082EF4"/>
     <w:rsid w:val="000916A9"/>
+    <w:rsid w:val="00092633"/>
+    <w:rsid w:val="000940D1"/>
     <w:rsid w:val="000A12C0"/>
     <w:rsid w:val="000A12CD"/>
     <w:rsid w:val="000A57E7"/>
     <w:rsid w:val="000A767E"/>
     <w:rsid w:val="000B0AB9"/>
     <w:rsid w:val="000B3A9F"/>
     <w:rsid w:val="000B65AC"/>
     <w:rsid w:val="000C0A7F"/>
     <w:rsid w:val="000C404E"/>
     <w:rsid w:val="000C4077"/>
     <w:rsid w:val="000C4F4F"/>
     <w:rsid w:val="000C5131"/>
     <w:rsid w:val="000D2D20"/>
     <w:rsid w:val="000D2F6D"/>
     <w:rsid w:val="000D66EF"/>
     <w:rsid w:val="000E4305"/>
     <w:rsid w:val="000E522F"/>
     <w:rsid w:val="000E7E15"/>
     <w:rsid w:val="000F0A09"/>
     <w:rsid w:val="000F3C8D"/>
     <w:rsid w:val="000F7253"/>
     <w:rsid w:val="001013C6"/>
     <w:rsid w:val="001041C0"/>
     <w:rsid w:val="001043E1"/>
     <w:rsid w:val="00114EB9"/>
@@ -12578,50 +12485,51 @@
     <w:rsid w:val="002379E5"/>
     <w:rsid w:val="00243ED6"/>
     <w:rsid w:val="00245189"/>
     <w:rsid w:val="002506E5"/>
     <w:rsid w:val="00260E37"/>
     <w:rsid w:val="0026656C"/>
     <w:rsid w:val="00267F27"/>
     <w:rsid w:val="00274864"/>
     <w:rsid w:val="00275F44"/>
     <w:rsid w:val="00276F44"/>
     <w:rsid w:val="00283B13"/>
     <w:rsid w:val="00284AD3"/>
     <w:rsid w:val="00286F0C"/>
     <w:rsid w:val="002873F2"/>
     <w:rsid w:val="0029029D"/>
     <w:rsid w:val="0029128F"/>
     <w:rsid w:val="00291B20"/>
     <w:rsid w:val="00293CE9"/>
     <w:rsid w:val="002950AC"/>
     <w:rsid w:val="00295512"/>
     <w:rsid w:val="002A49B0"/>
     <w:rsid w:val="002A4F12"/>
     <w:rsid w:val="002B02B2"/>
     <w:rsid w:val="002B20A0"/>
     <w:rsid w:val="002B3402"/>
+    <w:rsid w:val="002B39BB"/>
     <w:rsid w:val="002C05EF"/>
     <w:rsid w:val="002C13F8"/>
     <w:rsid w:val="002C7AD4"/>
     <w:rsid w:val="002C7CED"/>
     <w:rsid w:val="002D21D9"/>
     <w:rsid w:val="002D4A3A"/>
     <w:rsid w:val="002D6891"/>
     <w:rsid w:val="002D70FE"/>
     <w:rsid w:val="002D7A88"/>
     <w:rsid w:val="002E1A39"/>
     <w:rsid w:val="002E2F13"/>
     <w:rsid w:val="002E404A"/>
     <w:rsid w:val="002E42D9"/>
     <w:rsid w:val="002E6801"/>
     <w:rsid w:val="002F03C0"/>
     <w:rsid w:val="002F6655"/>
     <w:rsid w:val="002F6DC3"/>
     <w:rsid w:val="002F76A0"/>
     <w:rsid w:val="002F7CCC"/>
     <w:rsid w:val="003002E7"/>
     <w:rsid w:val="00302A63"/>
     <w:rsid w:val="0030342C"/>
     <w:rsid w:val="00311FC1"/>
     <w:rsid w:val="00312B06"/>
     <w:rsid w:val="003204FB"/>
@@ -12682,51 +12590,50 @@
     <w:rsid w:val="004332B0"/>
     <w:rsid w:val="00433382"/>
     <w:rsid w:val="004353E9"/>
     <w:rsid w:val="00435F7B"/>
     <w:rsid w:val="00437ADD"/>
     <w:rsid w:val="004405F1"/>
     <w:rsid w:val="00442A80"/>
     <w:rsid w:val="00443713"/>
     <w:rsid w:val="00451072"/>
     <w:rsid w:val="004516A2"/>
     <w:rsid w:val="0045298E"/>
     <w:rsid w:val="00454B8B"/>
     <w:rsid w:val="0047026C"/>
     <w:rsid w:val="004762A5"/>
     <w:rsid w:val="00476333"/>
     <w:rsid w:val="004763FA"/>
     <w:rsid w:val="00480FBE"/>
     <w:rsid w:val="004831D7"/>
     <w:rsid w:val="00483765"/>
     <w:rsid w:val="004948F9"/>
     <w:rsid w:val="00494DCF"/>
     <w:rsid w:val="00495B92"/>
     <w:rsid w:val="004A0AD3"/>
     <w:rsid w:val="004A0DAC"/>
     <w:rsid w:val="004A1592"/>
-    <w:rsid w:val="004A1F5F"/>
     <w:rsid w:val="004A5510"/>
     <w:rsid w:val="004A7C88"/>
     <w:rsid w:val="004B0624"/>
     <w:rsid w:val="004B71CF"/>
     <w:rsid w:val="004C35FA"/>
     <w:rsid w:val="004C3FF8"/>
     <w:rsid w:val="004C4B02"/>
     <w:rsid w:val="004C58B3"/>
     <w:rsid w:val="004C6AE0"/>
     <w:rsid w:val="004D3FFE"/>
     <w:rsid w:val="004D489C"/>
     <w:rsid w:val="004D4F57"/>
     <w:rsid w:val="004D662B"/>
     <w:rsid w:val="004E0D9B"/>
     <w:rsid w:val="004F0548"/>
     <w:rsid w:val="004F16DC"/>
     <w:rsid w:val="004F4505"/>
     <w:rsid w:val="004F722B"/>
     <w:rsid w:val="005005E9"/>
     <w:rsid w:val="005030D4"/>
     <w:rsid w:val="00504631"/>
     <w:rsid w:val="00504EDD"/>
     <w:rsid w:val="005209BF"/>
     <w:rsid w:val="00523D94"/>
     <w:rsid w:val="0053541D"/>
@@ -12796,85 +12703,87 @@
     <w:rsid w:val="006A7401"/>
     <w:rsid w:val="006B06CB"/>
     <w:rsid w:val="006B33C7"/>
     <w:rsid w:val="006C4E7D"/>
     <w:rsid w:val="006C55EF"/>
     <w:rsid w:val="006C57FD"/>
     <w:rsid w:val="006C5A5A"/>
     <w:rsid w:val="006C6016"/>
     <w:rsid w:val="006D03CF"/>
     <w:rsid w:val="006D0B71"/>
     <w:rsid w:val="006D0CB4"/>
     <w:rsid w:val="006D4EC4"/>
     <w:rsid w:val="006D5B90"/>
     <w:rsid w:val="006E42A0"/>
     <w:rsid w:val="006F0AEB"/>
     <w:rsid w:val="006F1EE1"/>
     <w:rsid w:val="006F342D"/>
     <w:rsid w:val="006F3F8D"/>
     <w:rsid w:val="00703E7A"/>
     <w:rsid w:val="007054EE"/>
     <w:rsid w:val="0071259E"/>
     <w:rsid w:val="007134FB"/>
     <w:rsid w:val="00715861"/>
     <w:rsid w:val="00716AFA"/>
     <w:rsid w:val="007235B4"/>
+    <w:rsid w:val="00732F4B"/>
     <w:rsid w:val="0074272E"/>
     <w:rsid w:val="007446E9"/>
     <w:rsid w:val="00745AAC"/>
     <w:rsid w:val="00746DD9"/>
     <w:rsid w:val="00750761"/>
     <w:rsid w:val="00755D79"/>
     <w:rsid w:val="0076354B"/>
     <w:rsid w:val="0077070C"/>
     <w:rsid w:val="00770CD5"/>
     <w:rsid w:val="0078586F"/>
     <w:rsid w:val="00786A41"/>
     <w:rsid w:val="00787486"/>
     <w:rsid w:val="00795070"/>
     <w:rsid w:val="00795FC7"/>
     <w:rsid w:val="007A20F6"/>
     <w:rsid w:val="007A2B06"/>
     <w:rsid w:val="007A5482"/>
     <w:rsid w:val="007B2952"/>
     <w:rsid w:val="007B2AA1"/>
     <w:rsid w:val="007B3765"/>
     <w:rsid w:val="007B5EBE"/>
     <w:rsid w:val="007C2DD8"/>
     <w:rsid w:val="007D2D51"/>
     <w:rsid w:val="007D2EE2"/>
     <w:rsid w:val="007D37F2"/>
     <w:rsid w:val="007D4499"/>
     <w:rsid w:val="007E0307"/>
     <w:rsid w:val="00801C86"/>
     <w:rsid w:val="008071E6"/>
     <w:rsid w:val="0081033F"/>
     <w:rsid w:val="008108C1"/>
     <w:rsid w:val="00810AA4"/>
     <w:rsid w:val="00811B80"/>
     <w:rsid w:val="00813140"/>
     <w:rsid w:val="00823F3A"/>
+    <w:rsid w:val="00824351"/>
     <w:rsid w:val="008248C9"/>
     <w:rsid w:val="00825B69"/>
     <w:rsid w:val="008266B3"/>
     <w:rsid w:val="00831ACE"/>
     <w:rsid w:val="0083668A"/>
     <w:rsid w:val="008378EE"/>
     <w:rsid w:val="00840223"/>
     <w:rsid w:val="00845D45"/>
     <w:rsid w:val="008467C8"/>
     <w:rsid w:val="00854A98"/>
     <w:rsid w:val="0085504B"/>
     <w:rsid w:val="008551FC"/>
     <w:rsid w:val="008607FC"/>
     <w:rsid w:val="00862438"/>
     <w:rsid w:val="00863011"/>
     <w:rsid w:val="0086590F"/>
     <w:rsid w:val="00867380"/>
     <w:rsid w:val="00876559"/>
     <w:rsid w:val="00881F96"/>
     <w:rsid w:val="008902B3"/>
     <w:rsid w:val="00890EA8"/>
     <w:rsid w:val="0089117E"/>
     <w:rsid w:val="00896066"/>
     <w:rsid w:val="008A3CC1"/>
     <w:rsid w:val="008A416A"/>
@@ -12929,55 +12838,57 @@
     <w:rsid w:val="009A0E59"/>
     <w:rsid w:val="009A50BC"/>
     <w:rsid w:val="009A51A3"/>
     <w:rsid w:val="009A5F2F"/>
     <w:rsid w:val="009B098A"/>
     <w:rsid w:val="009B2444"/>
     <w:rsid w:val="009C7C47"/>
     <w:rsid w:val="009C7DBE"/>
     <w:rsid w:val="009D0967"/>
     <w:rsid w:val="009E4D1E"/>
     <w:rsid w:val="009E5E1C"/>
     <w:rsid w:val="009E632E"/>
     <w:rsid w:val="009E685B"/>
     <w:rsid w:val="009E7D93"/>
     <w:rsid w:val="009F692B"/>
     <w:rsid w:val="009F72F3"/>
     <w:rsid w:val="009F79B3"/>
     <w:rsid w:val="00A00CE6"/>
     <w:rsid w:val="00A025F7"/>
     <w:rsid w:val="00A03198"/>
     <w:rsid w:val="00A067B7"/>
     <w:rsid w:val="00A10979"/>
     <w:rsid w:val="00A11183"/>
     <w:rsid w:val="00A11CBD"/>
     <w:rsid w:val="00A16AB8"/>
+    <w:rsid w:val="00A20980"/>
     <w:rsid w:val="00A24C6F"/>
     <w:rsid w:val="00A272CD"/>
     <w:rsid w:val="00A304EB"/>
     <w:rsid w:val="00A30F47"/>
     <w:rsid w:val="00A40044"/>
+    <w:rsid w:val="00A427F8"/>
     <w:rsid w:val="00A42CE3"/>
     <w:rsid w:val="00A42DC5"/>
     <w:rsid w:val="00A44DAF"/>
     <w:rsid w:val="00A45D5C"/>
     <w:rsid w:val="00A4649B"/>
     <w:rsid w:val="00A508BF"/>
     <w:rsid w:val="00A51819"/>
     <w:rsid w:val="00A53C39"/>
     <w:rsid w:val="00A5412D"/>
     <w:rsid w:val="00A61206"/>
     <w:rsid w:val="00A61BDB"/>
     <w:rsid w:val="00A62F98"/>
     <w:rsid w:val="00A63A58"/>
     <w:rsid w:val="00A66F9D"/>
     <w:rsid w:val="00A70F4B"/>
     <w:rsid w:val="00A71C50"/>
     <w:rsid w:val="00A75196"/>
     <w:rsid w:val="00A76291"/>
     <w:rsid w:val="00A7674C"/>
     <w:rsid w:val="00A8106B"/>
     <w:rsid w:val="00A816FF"/>
     <w:rsid w:val="00A81DC4"/>
     <w:rsid w:val="00A84E32"/>
     <w:rsid w:val="00A93BDD"/>
     <w:rsid w:val="00AA0375"/>
@@ -13018,174 +12929,178 @@
     <w:rsid w:val="00B30A73"/>
     <w:rsid w:val="00B325B3"/>
     <w:rsid w:val="00B341D8"/>
     <w:rsid w:val="00B35405"/>
     <w:rsid w:val="00B37C87"/>
     <w:rsid w:val="00B410CA"/>
     <w:rsid w:val="00B46CE4"/>
     <w:rsid w:val="00B50BA9"/>
     <w:rsid w:val="00B53BF4"/>
     <w:rsid w:val="00B710AB"/>
     <w:rsid w:val="00B7280C"/>
     <w:rsid w:val="00B740D0"/>
     <w:rsid w:val="00B849FD"/>
     <w:rsid w:val="00B8637D"/>
     <w:rsid w:val="00B8762E"/>
     <w:rsid w:val="00B87F16"/>
     <w:rsid w:val="00B91A70"/>
     <w:rsid w:val="00B93E65"/>
     <w:rsid w:val="00B94451"/>
     <w:rsid w:val="00B95802"/>
     <w:rsid w:val="00B9645F"/>
     <w:rsid w:val="00B97286"/>
     <w:rsid w:val="00B97757"/>
     <w:rsid w:val="00B9777C"/>
     <w:rsid w:val="00BA1206"/>
+    <w:rsid w:val="00BA19EE"/>
     <w:rsid w:val="00BA2CBE"/>
     <w:rsid w:val="00BA2FD3"/>
     <w:rsid w:val="00BA60D0"/>
     <w:rsid w:val="00BB625A"/>
     <w:rsid w:val="00BC0AA6"/>
     <w:rsid w:val="00BC0C02"/>
     <w:rsid w:val="00BC1C17"/>
     <w:rsid w:val="00BC3728"/>
     <w:rsid w:val="00BC3C34"/>
     <w:rsid w:val="00BC66EE"/>
     <w:rsid w:val="00BD00EE"/>
     <w:rsid w:val="00BD06F6"/>
     <w:rsid w:val="00BD30B2"/>
     <w:rsid w:val="00BE416B"/>
     <w:rsid w:val="00BE70D2"/>
     <w:rsid w:val="00BF388C"/>
     <w:rsid w:val="00BF4B2F"/>
     <w:rsid w:val="00BF5A2E"/>
     <w:rsid w:val="00BF6B14"/>
     <w:rsid w:val="00C02F84"/>
     <w:rsid w:val="00C041D9"/>
     <w:rsid w:val="00C106B9"/>
     <w:rsid w:val="00C12980"/>
     <w:rsid w:val="00C13700"/>
     <w:rsid w:val="00C13DFC"/>
     <w:rsid w:val="00C1465B"/>
     <w:rsid w:val="00C27943"/>
     <w:rsid w:val="00C300E6"/>
     <w:rsid w:val="00C34FB4"/>
     <w:rsid w:val="00C36AA1"/>
     <w:rsid w:val="00C41E36"/>
     <w:rsid w:val="00C42646"/>
     <w:rsid w:val="00C47E12"/>
     <w:rsid w:val="00C51BCF"/>
     <w:rsid w:val="00C57FF8"/>
     <w:rsid w:val="00C61395"/>
+    <w:rsid w:val="00C61D59"/>
     <w:rsid w:val="00C669BF"/>
     <w:rsid w:val="00C71CD6"/>
     <w:rsid w:val="00C73D66"/>
     <w:rsid w:val="00C757D4"/>
     <w:rsid w:val="00C77AC3"/>
     <w:rsid w:val="00C858F3"/>
     <w:rsid w:val="00C8737B"/>
     <w:rsid w:val="00C92870"/>
     <w:rsid w:val="00C952FA"/>
     <w:rsid w:val="00C95465"/>
     <w:rsid w:val="00C95D5F"/>
     <w:rsid w:val="00CA034E"/>
     <w:rsid w:val="00CA126C"/>
     <w:rsid w:val="00CA2FBE"/>
     <w:rsid w:val="00CA536F"/>
     <w:rsid w:val="00CA540F"/>
     <w:rsid w:val="00CA562D"/>
     <w:rsid w:val="00CB2868"/>
     <w:rsid w:val="00CC3056"/>
     <w:rsid w:val="00CC6FA4"/>
     <w:rsid w:val="00CD4235"/>
     <w:rsid w:val="00CE379E"/>
     <w:rsid w:val="00CE44F2"/>
     <w:rsid w:val="00CE46E1"/>
     <w:rsid w:val="00CE5BF6"/>
     <w:rsid w:val="00CE674F"/>
     <w:rsid w:val="00CF1689"/>
     <w:rsid w:val="00CF75B7"/>
     <w:rsid w:val="00CF7E7E"/>
     <w:rsid w:val="00D010AE"/>
     <w:rsid w:val="00D14F62"/>
     <w:rsid w:val="00D16017"/>
     <w:rsid w:val="00D167D0"/>
     <w:rsid w:val="00D236EE"/>
     <w:rsid w:val="00D249C9"/>
     <w:rsid w:val="00D25D53"/>
-    <w:rsid w:val="00D333F1"/>
     <w:rsid w:val="00D374B2"/>
     <w:rsid w:val="00D438E3"/>
     <w:rsid w:val="00D573B1"/>
     <w:rsid w:val="00D6009E"/>
     <w:rsid w:val="00D608AA"/>
     <w:rsid w:val="00D7242F"/>
     <w:rsid w:val="00D73B0B"/>
     <w:rsid w:val="00D73EA8"/>
     <w:rsid w:val="00D74BBC"/>
     <w:rsid w:val="00D75AED"/>
     <w:rsid w:val="00D8168C"/>
     <w:rsid w:val="00D86CF5"/>
     <w:rsid w:val="00D94087"/>
     <w:rsid w:val="00D9442F"/>
     <w:rsid w:val="00D946F5"/>
     <w:rsid w:val="00D9541D"/>
     <w:rsid w:val="00D9599F"/>
     <w:rsid w:val="00DA1EDD"/>
     <w:rsid w:val="00DA25D1"/>
     <w:rsid w:val="00DB01C0"/>
     <w:rsid w:val="00DB1F71"/>
     <w:rsid w:val="00DC3664"/>
     <w:rsid w:val="00DC422A"/>
     <w:rsid w:val="00DC6485"/>
+    <w:rsid w:val="00DC6DC0"/>
     <w:rsid w:val="00DD25C5"/>
     <w:rsid w:val="00DD2D60"/>
     <w:rsid w:val="00DD4E59"/>
     <w:rsid w:val="00DD62B6"/>
     <w:rsid w:val="00DE2D12"/>
     <w:rsid w:val="00DE60EE"/>
     <w:rsid w:val="00E00698"/>
     <w:rsid w:val="00E00BFF"/>
     <w:rsid w:val="00E00DB5"/>
     <w:rsid w:val="00E022F4"/>
     <w:rsid w:val="00E05ECF"/>
     <w:rsid w:val="00E077DA"/>
     <w:rsid w:val="00E1049C"/>
     <w:rsid w:val="00E164E2"/>
     <w:rsid w:val="00E249D2"/>
     <w:rsid w:val="00E24BAA"/>
     <w:rsid w:val="00E32B38"/>
     <w:rsid w:val="00E34DF8"/>
     <w:rsid w:val="00E47D12"/>
     <w:rsid w:val="00E519D9"/>
     <w:rsid w:val="00E53DDC"/>
     <w:rsid w:val="00E541DB"/>
     <w:rsid w:val="00E6237C"/>
+    <w:rsid w:val="00E66F66"/>
     <w:rsid w:val="00E700C7"/>
     <w:rsid w:val="00E802F6"/>
     <w:rsid w:val="00E815FD"/>
     <w:rsid w:val="00E84B15"/>
+    <w:rsid w:val="00E8551E"/>
     <w:rsid w:val="00E908C0"/>
     <w:rsid w:val="00E91272"/>
     <w:rsid w:val="00E95A07"/>
     <w:rsid w:val="00EA3A01"/>
     <w:rsid w:val="00EA76B9"/>
     <w:rsid w:val="00EB49F0"/>
     <w:rsid w:val="00EB5AC6"/>
     <w:rsid w:val="00EC0254"/>
     <w:rsid w:val="00EC3ABB"/>
     <w:rsid w:val="00EC41E8"/>
     <w:rsid w:val="00ED004C"/>
     <w:rsid w:val="00ED089E"/>
     <w:rsid w:val="00ED0A6C"/>
     <w:rsid w:val="00ED0CD8"/>
     <w:rsid w:val="00ED3104"/>
     <w:rsid w:val="00EE5057"/>
     <w:rsid w:val="00EF2E2C"/>
     <w:rsid w:val="00F01B88"/>
     <w:rsid w:val="00F12870"/>
     <w:rsid w:val="00F1314F"/>
     <w:rsid w:val="00F149A5"/>
     <w:rsid w:val="00F14B29"/>
     <w:rsid w:val="00F14D76"/>
     <w:rsid w:val="00F17128"/>
     <w:rsid w:val="00F1745F"/>
@@ -13232,51 +13147,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES_tradnl" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5A242518"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{770C44E1-E3F0-AF41-BDAB-6DEAE5DB7513}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14152,55 +14067,65 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="009564B9"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculovisitado">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C13700"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00732F4B"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="15617352">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="30692787">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16116,51 +16041,51 @@
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2076126245">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/forms.office.com/e/Nhxs1JNRDC?origin=lprLink__;!!D9dNQwwGXtA!R8uNSAANI0mFbOD_ktygBmDyyzyQ5YAZS79ppNHyxGf8ZK7JyJVQKzURgLoXoY12nCPJk9eVf_SHHfUoo9FX50XMPPg$" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/forms.office.com/e/CB50LhhCe3?origin=lprLink__;!!D9dNQwwGXtA!R8uNSAANI0mFbOD_ktygBmDyyzyQ5YAZS79ppNHyxGf8ZK7JyJVQKzURgLoXoY12nCPJk9eVf_SHHfUoo9FXR7banvQ$" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/forms.office.com/e/Nhxs1JNRDC?origin=lprLink__;!!D9dNQwwGXtA!R8uNSAANI0mFbOD_ktygBmDyyzyQ5YAZS79ppNHyxGf8ZK7JyJVQKzURgLoXoY12nCPJk9eVf_SHHfUoo9FX50XMPPg$" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:moises.esteban@udg.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/forms.office.com/e/CB50LhhCe3?origin=lprLink__;!!D9dNQwwGXtA!R8uNSAANI0mFbOD_ktygBmDyyzyQ5YAZS79ppNHyxGf8ZK7JyJVQKzURgLoXoY12nCPJk9eVf_SHHfUoo9FXR7banvQ$" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -16461,87 +16386,87 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9F6A275-C485-4FB3-99E2-B2305D64838A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1528</Words>
-  <Characters>8374</Characters>
+  <Words>1712</Words>
+  <Characters>9418</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>149</Lines>
-  <Paragraphs>40</Paragraphs>
+  <Lines>78</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Títol</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Universitat de Barcelona</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9862</CharactersWithSpaces>
+  <CharactersWithSpaces>11108</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Teresa Mauri</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>