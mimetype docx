--- v2 (2025-12-09)
+++ v3 (2026-01-02)
@@ -4,51 +4,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="54168FA3" w14:textId="1F82C361" w:rsidR="00F27BB5" w:rsidRPr="00732F4B" w:rsidRDefault="00F27BB5" w:rsidP="00031350">
       <w:pPr>
         <w:spacing w:before="9" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DE4457C" w14:textId="77777777" w:rsidR="00F27BB5" w:rsidRPr="00732F4B" w:rsidRDefault="00F27BB5" w:rsidP="00031350">
       <w:pPr>
         <w:spacing w:before="9" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DCDC223" w14:textId="132505DF" w:rsidR="0037614B" w:rsidRPr="00732F4B" w:rsidRDefault="004D3FFE" w:rsidP="00031350">
       <w:pPr>
@@ -363,115 +363,115 @@
       <w:r w:rsidR="002D70FE" w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
       <w:r w:rsidR="002D70FE" w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="191BB121" w14:textId="21BAA5AF" w:rsidR="008266B3" w:rsidRPr="00732F4B" w:rsidRDefault="008266B3" w:rsidP="00031350">
+    <w:p w14:paraId="191BB121" w14:textId="0C2D96AD" w:rsidR="008266B3" w:rsidRPr="00732F4B" w:rsidRDefault="008266B3" w:rsidP="00031350">
       <w:pPr>
         <w:spacing w:before="9" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(actualizado </w:t>
       </w:r>
-      <w:r w:rsidR="00A20980">
-[...5 lines deleted...]
-        <w:t>01</w:t>
+      <w:r w:rsidR="005F33F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>17</w:t>
       </w:r>
       <w:r w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002D6891" w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00A20980">
+      <w:r w:rsidR="005F33F2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.202</w:t>
       </w:r>
-      <w:r w:rsidR="00A20980">
-[...5 lines deleted...]
-        <w:t>6</w:t>
+      <w:r w:rsidR="00CF1689" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C13D7BD" w14:textId="77777777" w:rsidR="004D3FFE" w:rsidRPr="00732F4B" w:rsidRDefault="004D3FFE" w:rsidP="00031350">
       <w:pPr>
         <w:spacing w:before="9" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61086825" w14:textId="77777777" w:rsidR="00650A0F" w:rsidRPr="00732F4B" w:rsidRDefault="00650A0F" w:rsidP="00031350">
       <w:pPr>
         <w:spacing w:before="9" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
@@ -810,77 +810,150 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="22CB4A97" w14:textId="189935E8" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sachiko Tanuma, </w:t>
+              <w:t>Sachiko</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Tanuma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="002B20A0" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Tokyo Metropolitan University</w:t>
-            </w:r>
+              <w:t>Tokyo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Metropolitan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>University</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002B20A0" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="6BF94577" w14:textId="15C77198" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -1100,76 +1173,143 @@
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>https://forms.office.com/e/Nhxs1JNRDC?origin=lprLink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="217254A1" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Plazas disponibles</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t>Plazas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> disponibles</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: 20, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rStyle w:val="Textoennegrita"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>adjudicadas por orden de inscripción.</w:t>
+              <w:t>adjudicadas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rStyle w:val="Textoennegrita"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> por </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rStyle w:val="Textoennegrita"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>orden</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rStyle w:val="Textoennegrita"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rStyle w:val="Textoennegrita"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>inscripción</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rStyle w:val="Textoennegrita"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="445B2251" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="000C4077">
             <w:pPr>
               <w:ind w:firstLine="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7A7078CC" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="000C4F4F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -1188,90 +1328,146 @@
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AAE612F" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>UdG</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4ED323C9" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Dra. Marta Padros (Universitat Autònoma de Barcelona)</w:t>
+              <w:t xml:space="preserve">Dra. Marta </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Padros</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Autònoma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de Barcelona)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1510BC73" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
@@ -1340,52 +1536,62 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="354D2CF6" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Análisis de datos cualitativos con la asistencia de Atlas.ti</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Análisis de datos cualitativos con la asistencia de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Atlas.ti</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CC2BB4C" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
@@ -1421,114 +1627,509 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11-14h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C410ED4" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00A20980" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
+          <w:p w14:paraId="3C410ED4" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="pt-BR"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A20980">
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="pt-BR"/>
-[...5 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t>Facultat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="pt-BR"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A20980">
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="pt-BR"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Inscripcions per correu electrònic: vostres dades (nom i cognoms, així com coneixements d'Atlas.ti) a sec.ire@udg.edu abans del 31 d'octubre. </w:t>
+              </w:rPr>
+              <w:t>d'Educació</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Psicologia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>UdG</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="3AF09FF1" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Inscripcions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> per </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>correu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>electrònic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>vostres</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dades (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>nom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>cognoms</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>així</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>com</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>coneixements</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>d'Atlas.ti</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) a sec.ire@udg.edu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>abans</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> del 31 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>d'octubre</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E1FB543" w14:textId="3C34A111" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A20980">
+            <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>L’aforament de l’aula és limitat, per tant, seran admeses les primeres 24 persones que s’apuntin.</w:t>
+              <w:t>L’aforament</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>de l</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">’aula </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>és</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>limitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, per </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tant</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>seran</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>admeses</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> les primeres 24 persones que </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s’apuntin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1179A33C" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="000D0E33">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="17F330EA" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
@@ -1568,58 +2169,69 @@
               <w:t>UB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="60E38C80" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="00732F4B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Shamaly Niño</w:t>
+              <w:t>Shamaly</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Niño</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="244EBDBA" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="00732F4B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Juan Carlos Castellanos</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="65E396EF" w14:textId="7BD1604F" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="00732F4B">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -1807,76 +2419,106 @@
               <w:t>12h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="3B522BBC" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Facultat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Psicologia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="5A649B2B" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
-[...5 lines deleted...]
-              <w:t>Universitat de Barcelona</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de Barcelona</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60A1B296" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="00703E7A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>El enlace al formulario de inscripción a la conferencia se hará público en su día en la Comunidad MIPE-DIPE</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24EFA0A9" w14:textId="77777777" w:rsidR="00703E7A" w:rsidRPr="00732F4B" w:rsidRDefault="00703E7A" w:rsidP="000C4077">
             <w:pPr>
               <w:ind w:firstLine="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
@@ -1923,131 +2565,176 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>UB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="42BD0C6A" w14:textId="3DA9F806" w:rsidR="009E7D93" w:rsidRPr="00A20980" w:rsidRDefault="00126B23" w:rsidP="004A7C88">
+          <w:p w14:paraId="42BD0C6A" w14:textId="3DA9F806" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="004A7C88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A20980">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dra.</w:t>
             </w:r>
-            <w:r w:rsidR="009E7D93" w:rsidRPr="00A20980">
+            <w:r w:rsidR="009E7D93" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Frida</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009E7D93" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A20980">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Díaz </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009E7D93" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Barriga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="293D491A" w14:textId="2AA441EC" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="009E7D93" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(U</w:t>
             </w:r>
-            <w:r w:rsidR="002B20A0" w:rsidRPr="00A20980">
+            <w:r w:rsidR="002B20A0" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">niversidad </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A20980">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidR="002B20A0" w:rsidRPr="00A20980">
+            <w:r w:rsidR="002B20A0" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A20980">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>utónoma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002B20A0" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Nacional de México</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="1F132D5B" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -2288,76 +2975,106 @@
               <w:t>12:30h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="2EFFE9A6" w14:textId="279323A7" w:rsidR="000C4F4F" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="000C4F4F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Facultat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Psicologia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="39EF12CF" w14:textId="4B925370" w:rsidR="000C4F4F" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="000C4077">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
-[...5 lines deleted...]
-              <w:t>Universitat de Barcelona</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de Barcelona</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70E31642" w14:textId="77777777" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="000C4F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>El enlace al formulario de inscripción a la conferencia se hará público en su día en la Comunidad MIPE-DIPE</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="654AA991" w14:textId="23B16CC9" w:rsidR="000C4F4F" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="000C4F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
@@ -2423,99 +3140,140 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="52C0F46F" w14:textId="72D40A0C" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Borja Manero  Adrián Adrián Soto</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t xml:space="preserve">Borja </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Manero  Adrián</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000C4077" w:rsidRPr="00732F4B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Escuela de Oratoria, Universidad Complutense de Madrid</w:t>
-            </w:r>
+              <w:t>Adrián</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t xml:space="preserve"> Soto</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56C6874B" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="002B20A0" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="000C4077" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Escuela de Oratoria, Universidad Complutense de Madrid</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71A6AB32" w14:textId="17F5F651" w:rsidR="00732F4B" w:rsidRPr="00A20980" w:rsidRDefault="00732F4B" w:rsidP="004A7C88">
+          <w:p w14:paraId="71A6AB32" w14:textId="17F5F651" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="004A7C88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="18262503" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="004A7C88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2902,51 +3660,69 @@
             </w:r>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17651EE9" w14:textId="7E73A8F8" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="000C4077">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Plazo de solicitud: desde el lunes 6 de octubre a las 9:00 h hasta completar aforo.Inscripciones: a través del siguiente cuestionario:  </w:t>
+              <w:t xml:space="preserve">Plazo de solicitud: desde el lunes 6 de octubre a las 9:00 h hasta completar </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>aforo.Inscripciones</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>: a través del siguiente cuestionario:  </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:tooltip="https://urldefense.com/v3/__https://forms.office.com/e/CB50LhhCe3?origin=lprLink__;!!D9dNQwwGXtA!R8uNSAANI0mFbOD_ktygBmDyyzyQ5YAZS79ppNHyxGf8ZK7JyJVQKzURgLoXoY12nCPJk9eVf_SHHfUoo9FXR7banvQ$" w:history="1">
               <w:r w:rsidRPr="00732F4B">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>https://forms.office.com/e/CB50LhhCe3?origin=lprLink</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7A35FCE5" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="000C4F4F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="544E429C" w14:textId="77777777" w:rsidR="000C4077" w:rsidRPr="00732F4B" w:rsidRDefault="000C4077" w:rsidP="000C4F4F">
@@ -2987,59 +3763,61 @@
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="247B746B" w14:textId="565D9035" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="004A7C88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>UdG</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="2F2DE704" w14:textId="0D7CF49F" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="004A7C88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
@@ -3222,51 +4000,123 @@
           <w:tcPr>
             <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="53081440" w14:textId="58FD79A0" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="00732F4B">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Aula 341 (tercera planta) Facultat d’Educació i Psicologia, Universitat de Girona</w:t>
+              <w:t xml:space="preserve">Aula 341 (tercera planta) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Facultat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>d’Educació</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Psicologia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de Girona</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="57A25E46" w14:textId="77777777" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="00732F4B">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="77FDAC3F" w14:textId="77777777" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="00732F4B">
             <w:pPr>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
@@ -3275,50 +4125,469 @@
               <w:t>Inscripción: escribir a </w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:tooltip="mailto:moises.esteban@udg.edu" w:history="1">
               <w:r w:rsidRPr="00732F4B">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>moises.esteban@udg.edu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="520A0EC2" w14:textId="77777777" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00732F4B" w:rsidP="000C4077">
             <w:pPr>
               <w:ind w:left="176"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F33F2" w:rsidRPr="005F33F2" w14:paraId="2804DEA0" w14:textId="77777777" w:rsidTr="00732F4B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="1428"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="278" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="614AB679" w14:textId="09B508D6" w:rsidR="005F33F2" w:rsidRPr="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F33F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>URL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="543" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A473466" w14:textId="21A3EAD3" w:rsidR="005F33F2" w:rsidRPr="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F33F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dra. Svetlana </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F33F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Zhuchkova</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F33F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Universidad de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F33F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Moscow</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="295" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="68B1EADE" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRPr="00732F4B" w:rsidRDefault="005F33F2" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="364" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C8C413C" w14:textId="5CCDA7A4" w:rsidR="005F33F2" w:rsidRPr="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F33F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Conferencia presencial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BAF5490" w14:textId="4DC4377A" w:rsidR="005F33F2" w:rsidRPr="00732F4B" w:rsidRDefault="005F33F2" w:rsidP="00732F4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F33F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Doctoral </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F33F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Education</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F33F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F33F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Transformation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F33F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: Global </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F33F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Trends</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F33F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F33F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>National</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F33F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F33F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Challenges</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F33F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="448" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="104C1A3E" w14:textId="47545598" w:rsidR="005F33F2" w:rsidRPr="00732F4B" w:rsidRDefault="005F33F2" w:rsidP="00732F4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11 de diciembre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="347" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="52976ECD" w14:textId="6B438029" w:rsidR="005F33F2" w:rsidRPr="00732F4B" w:rsidRDefault="005F33F2" w:rsidP="004A7C88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>12.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C86B98B" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRPr="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="005F33F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F33F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lugar: Aula C1-04, FPCEE-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F33F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Blanquerna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="078900DC" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRPr="005F33F2" w:rsidRDefault="005F33F2" w:rsidP="005F33F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F33F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Formulario de inscripción: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:tooltip="https://urldefense.com/v3/__https://forms.gle/iBjGuZvPPTuGdDeK6__;!!D9dNQwwGXtA!SYJ5EueiOsBIYQ6PRCWU0CmlJcQvBxYNwMUMdx79zFQpILj2E6k0OMsdc5ZpnLiiycMC7Gi1IDKcILP21UqDdF7UwBfB$" w:history="1">
+              <w:r w:rsidRPr="005F33F2">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>https://forms.gle/iBjGuZvPPTuGdDeK6</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="005F33F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="168283BE" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRPr="00732F4B" w:rsidRDefault="005F33F2" w:rsidP="005F33F2">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="6A6E90EE" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1694"/>
         </w:trPr>
         <w:tc>
@@ -3508,110 +4777,225 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>experiencia en el área de Costos e Impuestos en una universidad pública y una privada</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1EF0FC0E" w14:textId="22C4B8ED" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
+          <w:p w14:paraId="1EF0FC0E" w14:textId="18B44ED8" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>16 enero</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00174A1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> enero</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1E026B12" w14:textId="48758BBA" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16-18h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
+          <w:p w14:paraId="32509639" w14:textId="77777777" w:rsidR="00174A1C" w:rsidRPr="00732F4B" w:rsidRDefault="00174A1C" w:rsidP="00174A1C">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Facultat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Psicologia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="589FDECC" w14:textId="77777777" w:rsidR="00174A1C" w:rsidRPr="00732F4B" w:rsidRDefault="00174A1C" w:rsidP="00174A1C">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de Barcelona</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08332D00" w14:textId="77777777" w:rsidR="00174A1C" w:rsidRPr="00732F4B" w:rsidRDefault="00174A1C" w:rsidP="00174A1C">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E521A44" w14:textId="77777777" w:rsidR="00174A1C" w:rsidRPr="00732F4B" w:rsidRDefault="00174A1C" w:rsidP="00174A1C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>El enlace al formulario de inscripción a la conferencia se hará público en su día en la Comunidad MIPE-DIPE</w:t>
+            </w:r>
+          </w:p>
           <w:p w14:paraId="5DD25E0A" w14:textId="77777777" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="3A795100" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
@@ -3645,56 +5029,57 @@
               </w:rPr>
               <w:t>UB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="49491F75" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A20980">
+            <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dra.</w:t>
             </w:r>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Brenda A. Lara-Subiabre</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0770C278" w14:textId="1548B7A1" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
@@ -3862,76 +5247,106 @@
               </w:rPr>
               <w:t>12:00h.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5B5CACF1" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Facultat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Psicologia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="0D636D8C" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
-[...5 lines deleted...]
-              <w:t>Universitat de Barcelona</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de Barcelona</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A6E5F17" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3742B6EB" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
@@ -3973,101 +5388,120 @@
             <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="7480FF4A" w14:textId="3DC5FB47" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>URL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="6F459A59" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5C3F3414" w14:textId="63F1D46A" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dra.</w:t>
             </w:r>
             <w:r w:rsidR="00260E37" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Ana Sala (Universitat Ramón Llull)</w:t>
+              <w:t>Ana Sala (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00260E37" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00260E37" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ramón Llull)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13CEBE49" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
@@ -4206,57 +5640,103 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="1FB72EB0" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5186CB70" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
-[...5 lines deleted...]
-              <w:t>Iniciació en l’escriptura i publicació científica (I)</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Iniciació</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> en </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>l’escriptura</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>publicació</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> científica (I)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49B2036D" w14:textId="3B3755B0" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(20h.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="pct"/>
@@ -4410,57 +5890,67 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4416BFD9" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="37CAC425" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
-[...5 lines deleted...]
-              <w:t>Universitat Ramon Llull</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ramon Llull</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="721C482D" w14:textId="379198DB" w:rsidR="003A075E" w:rsidRPr="00732F4B" w:rsidRDefault="003A075E" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(aula E0-05)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="032C005C" w14:textId="5014C965" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4493,51 +5983,50 @@
             <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="2A866AEB" w14:textId="676A3F4F" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>URL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="720BBACC" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4562,51 +6051,69 @@
             </w:r>
             <w:r w:rsidR="00260E37" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Montserrat Castelló</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AEF0515" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(Universitat Ramón Llull)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ramón Llull)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6EA2D749" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="01C07A57" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4727,57 +6234,85 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="7AD3494B" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="16AFB20B" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
-[...5 lines deleted...]
-              <w:t>Escriure i publicar el primer article de recerca (II)</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Escriure</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i publicar el primer </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>article</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de recerca (II)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="687C5F56" w14:textId="6D4E03C5" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(20h.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="pct"/>
@@ -4900,57 +6435,67 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="4B423DAA" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="47447375" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
-[...5 lines deleted...]
-              <w:t>Universitat Ramon Llull</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ramon Llull</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="686ED89D" w14:textId="7F78DEDD" w:rsidR="003A075E" w:rsidRPr="00732F4B" w:rsidRDefault="003A075E" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(aula E0-06)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27E6437E" w14:textId="600FAF3F" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -5244,76 +6789,106 @@
               <w:t>h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="47216AE5" w14:textId="77777777" w:rsidR="00092633" w:rsidRPr="00732F4B" w:rsidRDefault="00092633" w:rsidP="00092633">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Facultat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Psicologia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="680EAAB5" w14:textId="77777777" w:rsidR="00092633" w:rsidRPr="00732F4B" w:rsidRDefault="00092633" w:rsidP="00092633">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
-[...5 lines deleted...]
-              <w:t>Universitat de Barcelona</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de Barcelona</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15B7C197" w14:textId="77777777" w:rsidR="00092633" w:rsidRPr="00732F4B" w:rsidRDefault="00092633" w:rsidP="00092633">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="37F30C58" w14:textId="458A7D8B" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00092633" w:rsidP="00092633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
@@ -5374,141 +6949,162 @@
               </w:rPr>
               <w:t>URL</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="607E4BF0" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68341079" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00A20980" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="68341079" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="341DB070" w14:textId="6AC6F19C" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...18 lines deleted...]
-              </w:rPr>
               <w:t>Dra.</w:t>
             </w:r>
-            <w:r w:rsidR="00AF6E6D" w:rsidRPr="00A20980">
-[...36 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00AF6E6D" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Montserrat </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00AF6E6D" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Castellò</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="72068569" w14:textId="77777777" w:rsidR="000C4F4F" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="000C4F4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ramón Llull)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3068ED71" w14:textId="776CAB4A" w:rsidR="000C4F4F" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4469C8B7" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00A20980" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
-[...6 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="4469C8B7" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2945E4F5" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MIPE-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="364" w:type="pct"/>
@@ -5683,57 +7279,67 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55CAB00E" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="29477E4D" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="00732F4B" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
-[...5 lines deleted...]
-              <w:t>Universitat Ramon Llull</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ramon Llull</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BD0E46C" w14:textId="54C2FA92" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="5AD1AD89" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -5798,52 +7404,62 @@
             </w:pPr>
             <w:r w:rsidRPr="00092633">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Cecilia Ortiz </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3067B40B" w14:textId="496DFB2B" w:rsidR="00092633" w:rsidRPr="00092633" w:rsidRDefault="00092633" w:rsidP="00092633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00092633">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(RedCLARA</w:t>
-            </w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00092633">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>RedCLARA</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="6CFB80E4" w14:textId="1B497777" w:rsidR="00092633" w:rsidRPr="00092633" w:rsidRDefault="00092633" w:rsidP="00092633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00092633">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cooperación Latino Americana de Redes Avanzadas)</w:t>
             </w:r>
             <w:r w:rsidRPr="00092633">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
@@ -6247,108 +7863,131 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>URL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4AC1E114" w14:textId="6D2FEFAC" w:rsidR="009E7D93" w:rsidRPr="00A20980" w:rsidRDefault="00126B23" w:rsidP="00290B9A">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="4AC1E114" w14:textId="6D2FEFAC" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>Dra.</w:t>
             </w:r>
-            <w:r w:rsidR="009E7D93" w:rsidRPr="00A20980">
-[...36 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="009E7D93" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Montserrat </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009E7D93" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Castellò</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="0AE49CB4" w14:textId="77777777" w:rsidR="000C4F4F" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="000C4F4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ramón Llull)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04E43570" w14:textId="1EF43410" w:rsidR="000C4F4F" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="41E2B66B" w14:textId="7B2BF0A7" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="000E7E15" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
@@ -6526,57 +8165,67 @@
               </w:rPr>
               <w:t>18.00-20.30h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="4AD8CAE0" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="00732F4B" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
-[...5 lines deleted...]
-              <w:t>Universitat Ramon Llull</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ramon Llull</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27C86762" w14:textId="36C50E9D" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="009E7D93" w:rsidP="00C92870">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="3A33850F" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -6620,108 +8269,131 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>URL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1379BD74" w14:textId="630A7904" w:rsidR="009E7D93" w:rsidRPr="00A20980" w:rsidRDefault="00126B23" w:rsidP="00290B9A">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="1379BD74" w14:textId="630A7904" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>Dra.</w:t>
             </w:r>
-            <w:r w:rsidR="009E7D93" w:rsidRPr="00A20980">
-[...36 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="009E7D93" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Montserrat </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009E7D93" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Castellò</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="4065D40C" w14:textId="77777777" w:rsidR="000C4F4F" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="000C4F4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ramón Llull)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DBD7313" w14:textId="197E1F29" w:rsidR="000C4F4F" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="37F4576D" w14:textId="7C046D94" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="000E7E15" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
@@ -6883,57 +8555,67 @@
               </w:rPr>
               <w:t>18.00-20.30h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="79EBD30E" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="00732F4B" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
-[...5 lines deleted...]
-              <w:t>Universitat Ramon Llull</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ramon Llull</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A487EC1" w14:textId="77777777" w:rsidR="009E7D93" w:rsidRPr="00732F4B" w:rsidRDefault="009E7D93" w:rsidP="00C92870">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="6416FFF2" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -7024,93 +8706,125 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="699E590C" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7ACB10ED" w14:textId="7E0259A0" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dr.</w:t>
             </w:r>
             <w:r w:rsidR="00AF6E6D" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Andres di Masso</w:t>
-            </w:r>
+              <w:t>Andres</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00AF6E6D" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> di </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00AF6E6D" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Masso</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="63FAD707" w14:textId="432C3485" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00AF6E6D" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Universitat de Barcelona</w:t>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00AF6E6D" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de Barcelona</w:t>
             </w:r>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="70796335" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
@@ -7250,51 +8964,50 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="736F4734" w14:textId="285852C1" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Enfoques analíticos cualitativos (Parte II): taller práctico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="5F6B72E1" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -7422,109 +9135,138 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="109B1B26" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="296D3242" w14:textId="3E875F24" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>Faculta</w:t>
             </w:r>
             <w:r w:rsidR="000C4F4F" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">t </w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t>t</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="000C4F4F" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Psicolog</w:t>
+            </w:r>
+            <w:r w:rsidR="000C4F4F" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="5D2DE352" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
-[...5 lines deleted...]
-              <w:t>Universitat de Barcelona</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de Barcelona</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4476965B" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="259F1C8C" w14:textId="14730B89" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
@@ -7554,110 +9296,137 @@
             <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="29120DEB" w14:textId="7FBDA113" w:rsidR="00D249C9" w:rsidRPr="00732F4B" w:rsidRDefault="004F722B" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>UB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="1990B899" w14:textId="046E8459" w:rsidR="00D249C9" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dra.</w:t>
             </w:r>
             <w:r w:rsidR="00D249C9" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Diana Gómez Gallo</w:t>
+              <w:t>Diana</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D249C9" w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Gómez Gallo</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6EB44222" w14:textId="40964715" w:rsidR="00126B23" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(Fundación Turning Point)</w:t>
+              <w:t xml:space="preserve">(Fundación </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Turning</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Point)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34ACBEE6" w14:textId="205E6CE2" w:rsidR="000E7E15" w:rsidRPr="00732F4B" w:rsidRDefault="000E7E15" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
@@ -7844,76 +9613,106 @@
               <w:t xml:space="preserve">18.00 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="79092298" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="00732F4B" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Facultat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Psicologia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="6E810C10" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="00732F4B" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
-[...5 lines deleted...]
-              <w:t>Universitat de Barcelona</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de Barcelona</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67B8C2E9" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="00732F4B" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="361A63A6" w14:textId="77777777" w:rsidR="000E7E15" w:rsidRPr="00732F4B" w:rsidRDefault="000E7E15" w:rsidP="000E7E15">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
@@ -7976,108 +9775,131 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>URL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F0C112B" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00A20980" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="5F0C112B" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>Dra.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A20980">
-[...36 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Montserrat </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Castellò</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6CFB9142" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ramón Llull)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A008DBC" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="524A2968" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
@@ -8233,57 +10055,67 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>18.00-20.30h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5DD2F659" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
-[...5 lines deleted...]
-              <w:t>Universitat Ramon Llull</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ramon Llull</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01418B2E" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="0A8F913B" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -8864,51 +10696,50 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65062DBF" w14:textId="77777777" w:rsidR="00476333" w:rsidRPr="00732F4B" w:rsidRDefault="00476333" w:rsidP="009A51A3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Nota: ver documento “Actividades formativas del programa de doctorado conjunto (DIPE) en Psicología de la Educación: características, planificación, seguimiento, acreditación y registro”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="551C2901" w14:textId="77777777" w:rsidR="003A075E" w:rsidRPr="00732F4B" w:rsidRDefault="003A075E" w:rsidP="009A51A3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A7649AC" w14:textId="77777777" w:rsidR="00476333" w:rsidRPr="00732F4B" w:rsidRDefault="00476333" w:rsidP="009A51A3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -9227,51 +11058,69 @@
         </w:rPr>
         <w:t xml:space="preserve"> pero </w:t>
       </w:r>
       <w:r w:rsidR="0003232E" w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="002F03C0" w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidR="00312B06" w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> requisito de estar indexados en Scopus)</w:t>
+        <w:t xml:space="preserve"> requisito de estar indexados en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00312B06" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Scopus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00312B06" w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00243ED6" w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A42CE3" w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Con todo, </w:t>
       </w:r>
       <w:r w:rsidR="00243ED6" w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>de manera general</w:t>
       </w:r>
@@ -9836,98 +11685,108 @@
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E09EEE2" w14:textId="3D132514" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Les AF que cal acreditar són proporcionals als mesos que es cursen durant el darrer curs fins que es diposita la tesi. Les AF realitzades durant el curs en què es dipositi la tesi s'inclouran al document que l'estudiant elabora amb totes les AF realitzades durant tot el període de doctorat i que ha d'adjuntar en el moment de dipositar la tesi, i que ha de ser aprovat per la Comissió </w:t>
-[...9 lines deleted...]
-        <w:t>Acadèmica del DIPE.</w:t>
+        <w:t>Les AF que cal acreditar són proporcionals als mesos que es cursen durant el darrer curs fins que es diposita la tesi. Les AF realitzades durant el curs en què es dipositi la tesi s'inclouran al document que l'estudiant elabora amb totes les AF realitzades durant tot el període de doctorat i que ha d'adjuntar en el moment de dipositar la tesi, i que ha de ser aprovat per la Comissió Acadèmica del DIPE.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E1E44DE" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A44E0B9" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
-        <w:t>El document general que guia les AF per als estudiants que ingressen al DIPE a partir del curs 2022-23 és el que es va aprovar el 2022. En el cas dels estudiants que es van matricular per primera vegada abans del curs 2022-23, el document de referència és l'anterior (amb data 2014). Els canvis afecten especialment les publicacions d'articles (mateixa quantitat d'articles, però sense requisit d'estar indexats a Scopus). Amb tot, de manera general, es recomana als/les estudiants que prenguin com a referència el document aprovat el 2022 i publicat a la Comunitat MIPE-DIPE.</w:t>
+        <w:t xml:space="preserve">El document general que guia les AF per als estudiants que ingressen al DIPE a partir del curs 2022-23 és el que es va aprovar el 2022. En el cas dels estudiants que es van matricular per primera vegada abans del curs 2022-23, el document de referència és l'anterior (amb data 2014). Els canvis afecten especialment les publicacions d'articles (mateixa quantitat d'articles, però sense requisit d'estar indexats a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>Scopus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>). Amb tot, de manera general, es recomana als/les estudiants que prenguin com a referència el document aprovat el 2022 i publicat a la Comunitat MIPE-DIPE.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F6DFE82" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49C9B13E" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
@@ -9993,173 +11852,178 @@
       <w:r w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>Els/les estudiants han d'aportar almenys els certificats d'assistència a dues activitats formatives realitzades durant el període en què han cursat el MIPE, juntament amb la memòria del pràcticum, per obtenir la màxima qualificació en aquesta assignatura.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CA2B632" w14:textId="77777777" w:rsidR="00F85089" w:rsidRPr="00732F4B" w:rsidRDefault="00F85089" w:rsidP="00031350">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F85089" w:rsidRPr="00732F4B" w:rsidSect="00E05ECF">
-      <w:headerReference w:type="default" r:id="rId11"/>
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="16820" w:h="11900" w:orient="landscape"/>
       <w:pgMar w:top="284" w:right="1100" w:bottom="1134" w:left="941" w:header="0" w:footer="896" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="108A884D" w14:textId="77777777" w:rsidR="0002788E" w:rsidRDefault="0002788E">
+    <w:p w14:paraId="56EA18CB" w14:textId="77777777" w:rsidR="0093314E" w:rsidRDefault="0093314E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="46CB0296" w14:textId="77777777" w:rsidR="0002788E" w:rsidRDefault="0002788E">
+    <w:p w14:paraId="6186DF2D" w14:textId="77777777" w:rsidR="0093314E" w:rsidRDefault="0093314E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Times"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
-    <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="02020603050405020304"/>
+    <w:altName w:val="Sylfaen"/>
+    <w:panose1 w:val="00000500000000020000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:altName w:val="Aptos Display"/>
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="2E10C659" w14:textId="1216B99B" w:rsidR="00715861" w:rsidRDefault="004D3FFE">
     <w:pPr>
       <w:spacing w:line="200" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US" w:eastAsia="en-US"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C3B44F7" wp14:editId="0FD2C684">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>9628505</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>6838315</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="127000" cy="177800"/>
@@ -10167,58 +12031,58 @@
               <wp:wrapNone/>
               <wp:docPr id="4" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="127000" cy="177800"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns="" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main">
+                          <a14:hiddenFill xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns="" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns="" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" w="9525">
+                          <a14:hiddenLine xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns="" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="43096856" w14:textId="55E88D2D" w:rsidR="00715861" w:rsidRDefault="00715861">
                           <w:pPr>
                             <w:spacing w:line="265" w:lineRule="exact"/>
                             <w:ind w:left="40"/>
                           </w:pPr>
                           <w:r>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:instrText xml:space="preserve"> PAGE </w:instrText>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="separate"/>
@@ -10234,110 +12098,110 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5C3B44F7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:758.15pt;margin-top:538.45pt;width:10pt;height:14pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDS7UxM0gEAAJADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJw1IYcYquRYcB&#10;3QVo9wGyLNnGbFEjldjZ14+S43SXt6IvAi1Sh+cc0rvraejF0SB14Eq5XuVSGKeh7lxTyu9P9++u&#10;pKCgXK16cKaUJ0Pyev/2zW70hdlAC31tUDCIo2L0pWxD8EWWkW7NoGgF3jhOWsBBBf7EJqtRjYw+&#10;9Nkmz99nI2DtEbQh4tu7OSn3Cd9ao8NXa8kE0ZeSuYV0YjqreGb7nSoaVL7t9JmGegGLQXWOm16g&#10;7lRQ4oDdf1BDpxEIbFhpGDKwttMmaWA16/wfNY+t8iZpYXPIX2yi14PVX46P/huKMH2AiQeYRJB/&#10;AP2DhIPbVrnG3CDC2BpVc+N1tCwbPRXnp9FqKiiCVONnqHnI6hAgAU0Wh+gK6xSMzgM4XUw3UxA6&#10;ttxs85wzmlPr7faK49hBFctjjxQ+GhhEDEqJPNMEro4PFObSpST2cnDf9X2aa+/+umDMeJPIR74z&#10;8zBVE1dHERXUJ5aBMK8JrzUHLeAvKUZekVLSz4NCI0X/ybEVcZ+WAJegWgLlND8tZZBiDm/DvHcH&#10;j13TMvJstoMbtst2ScozizNPHnsy47yica/+/E5Vzz/S/jcAAAD//wMAUEsDBBQABgAIAAAAIQBP&#10;H6gR5QAAABQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9NT8MwDL0j8R8iI3FjSRkrtGs6TXyckCa6&#10;cuCYtlkbrXFKk23l3+Oe4GK9Zz8/P2ebyfbsrEdvHEqIFgKYxto1BlsJn+Xb3RMwHxQ2qneoJfxo&#10;D5v8+ipTaeMuWOjzPrSMTNCnSkIXwpBy7utOW+UXbtBIs4MbrQpEx5Y3o7qQue35vRAxt8ogXejU&#10;oJ87XR/3Jyth+4XFq/neVR/FoTBlmQh8j49S3t5ML2sq2zWwoKfwtwHzD5QfcgpWuRM2nvXEV1G8&#10;JC0h8RgnwGbNajn3KkKReEiA5xn//0z+CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANLt&#10;TEzSAQAAkAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AE8fqBHlAAAAFAEAAA8AAAAAAAAAAAAAAAAALAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:758.15pt;margin-top:538.45pt;width:10pt;height:14pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDS7UxM0gEAAJADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJw1IYcYquRYcB&#13;&#10;3QVo9wGyLNnGbFEjldjZ14+S43SXt6IvAi1Sh+cc0rvraejF0SB14Eq5XuVSGKeh7lxTyu9P9++u&#13;&#10;pKCgXK16cKaUJ0Pyev/2zW70hdlAC31tUDCIo2L0pWxD8EWWkW7NoGgF3jhOWsBBBf7EJqtRjYw+&#13;&#10;9Nkmz99nI2DtEbQh4tu7OSn3Cd9ao8NXa8kE0ZeSuYV0YjqreGb7nSoaVL7t9JmGegGLQXWOm16g&#13;&#10;7lRQ4oDdf1BDpxEIbFhpGDKwttMmaWA16/wfNY+t8iZpYXPIX2yi14PVX46P/huKMH2AiQeYRJB/&#13;&#10;AP2DhIPbVrnG3CDC2BpVc+N1tCwbPRXnp9FqKiiCVONnqHnI6hAgAU0Wh+gK6xSMzgM4XUw3UxA6&#13;&#10;ttxs85wzmlPr7faK49hBFctjjxQ+GhhEDEqJPNMEro4PFObSpST2cnDf9X2aa+/+umDMeJPIR74z&#13;&#10;8zBVE1dHERXUJ5aBMK8JrzUHLeAvKUZekVLSz4NCI0X/ybEVcZ+WAJegWgLlND8tZZBiDm/DvHcH&#13;&#10;j13TMvJstoMbtst2ScozizNPHnsy47yica/+/E5Vzz/S/jcAAAD//wMAUEsDBBQABgAIAAAAIQBP&#13;&#10;H6gR5QAAABQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9NT8MwDL0j8R8iI3FjSRkrtGs6TXyckCa6&#13;&#10;cuCYtlkbrXFKk23l3+Oe4GK9Zz8/P2ebyfbsrEdvHEqIFgKYxto1BlsJn+Xb3RMwHxQ2qneoJfxo&#13;&#10;D5v8+ipTaeMuWOjzPrSMTNCnSkIXwpBy7utOW+UXbtBIs4MbrQpEx5Y3o7qQue35vRAxt8ogXejU&#13;&#10;oJ87XR/3Jyth+4XFq/neVR/FoTBlmQh8j49S3t5ML2sq2zWwoKfwtwHzD5QfcgpWuRM2nvXEV1G8&#13;&#10;JC0h8RgnwGbNajn3KkKReEiA5xn//0z+CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#13;&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#13;&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANLt&#13;&#10;TEzSAQAAkAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#13;&#10;AE8fqBHlAAAAFAEAAA8AAAAAAAAAAAAAAAAALAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#13;&#10;APMAAAA+BQAAAAA=&#13;&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="43096856" w14:textId="55E88D2D" w:rsidR="00715861" w:rsidRDefault="00715861">
                     <w:pPr>
                       <w:spacing w:line="265" w:lineRule="exact"/>
                       <w:ind w:left="40"/>
                     </w:pPr>
                     <w:r>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:instrText xml:space="preserve"> PAGE </w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r w:rsidR="00B13A95">
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4132ED0C" w14:textId="77777777" w:rsidR="0002788E" w:rsidRDefault="0002788E">
+    <w:p w14:paraId="2BB585ED" w14:textId="77777777" w:rsidR="0093314E" w:rsidRDefault="0093314E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38985DDB" w14:textId="77777777" w:rsidR="0002788E" w:rsidRDefault="0002788E">
+    <w:p w14:paraId="396C5D2E" w14:textId="77777777" w:rsidR="0093314E" w:rsidRDefault="0093314E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="37E9BC18" w14:textId="77777777" w:rsidR="00715861" w:rsidRDefault="00715861">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="031BDFE6" wp14:editId="307F652C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>1659890</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>132080</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1511935" cy="1420495"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Imagen 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -10466,51 +12330,51 @@
   </w:p>
   <w:p w14:paraId="19DC1DCC" w14:textId="77777777" w:rsidR="00715861" w:rsidRDefault="00715861">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2C6FD7E1" w14:textId="77777777" w:rsidR="00715861" w:rsidRDefault="00715861">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="745A4DAC" w14:textId="5869E908" w:rsidR="00715861" w:rsidRDefault="00715861">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="721DBBC8" w14:textId="77777777" w:rsidR="00715861" w:rsidRDefault="00715861">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="088A5244"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="94AC1A2C"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -12326,85 +14190,85 @@
   <w:num w:numId="11" w16cid:durableId="1245452153">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1965691833">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="935015648">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="246619368">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1180043945">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="296498978">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="148521235">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="180"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1077"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001725D9"/>
     <w:rsid w:val="00003E88"/>
     <w:rsid w:val="00005211"/>
     <w:rsid w:val="000123A2"/>
     <w:rsid w:val="000142FE"/>
     <w:rsid w:val="00016C9E"/>
     <w:rsid w:val="00017A3C"/>
     <w:rsid w:val="000235D5"/>
-    <w:rsid w:val="0002788E"/>
     <w:rsid w:val="00027D10"/>
     <w:rsid w:val="00030395"/>
     <w:rsid w:val="00031350"/>
     <w:rsid w:val="0003232E"/>
     <w:rsid w:val="00036035"/>
     <w:rsid w:val="000420D7"/>
     <w:rsid w:val="00043BDE"/>
     <w:rsid w:val="00045A72"/>
     <w:rsid w:val="000461D7"/>
     <w:rsid w:val="00051015"/>
     <w:rsid w:val="00051E7F"/>
     <w:rsid w:val="000534D0"/>
     <w:rsid w:val="000563B1"/>
     <w:rsid w:val="0006216D"/>
     <w:rsid w:val="0006373E"/>
     <w:rsid w:val="00065987"/>
     <w:rsid w:val="000676A5"/>
     <w:rsid w:val="000737B9"/>
     <w:rsid w:val="00077F17"/>
     <w:rsid w:val="00082EF4"/>
     <w:rsid w:val="000916A9"/>
     <w:rsid w:val="00092633"/>
     <w:rsid w:val="000940D1"/>
     <w:rsid w:val="000A12C0"/>
     <w:rsid w:val="000A12CD"/>
@@ -12425,50 +14289,51 @@
     <w:rsid w:val="000E522F"/>
     <w:rsid w:val="000E7E15"/>
     <w:rsid w:val="000F0A09"/>
     <w:rsid w:val="000F3C8D"/>
     <w:rsid w:val="000F7253"/>
     <w:rsid w:val="001013C6"/>
     <w:rsid w:val="001041C0"/>
     <w:rsid w:val="001043E1"/>
     <w:rsid w:val="00114EB9"/>
     <w:rsid w:val="00126B23"/>
     <w:rsid w:val="00140F80"/>
     <w:rsid w:val="00141B46"/>
     <w:rsid w:val="001470EF"/>
     <w:rsid w:val="00152A47"/>
     <w:rsid w:val="00155E10"/>
     <w:rsid w:val="0015633F"/>
     <w:rsid w:val="0015756F"/>
     <w:rsid w:val="00157C2F"/>
     <w:rsid w:val="0016070F"/>
     <w:rsid w:val="00161A7F"/>
     <w:rsid w:val="00165945"/>
     <w:rsid w:val="00170785"/>
     <w:rsid w:val="00171ED9"/>
     <w:rsid w:val="001725D9"/>
     <w:rsid w:val="00173A0D"/>
+    <w:rsid w:val="00174A1C"/>
     <w:rsid w:val="00180DF8"/>
     <w:rsid w:val="0018295A"/>
     <w:rsid w:val="00184880"/>
     <w:rsid w:val="001922F9"/>
     <w:rsid w:val="00196354"/>
     <w:rsid w:val="00196C51"/>
     <w:rsid w:val="001A18CF"/>
     <w:rsid w:val="001A3652"/>
     <w:rsid w:val="001A3DBE"/>
     <w:rsid w:val="001A5256"/>
     <w:rsid w:val="001B012B"/>
     <w:rsid w:val="001B2454"/>
     <w:rsid w:val="001B5DD8"/>
     <w:rsid w:val="001C1E63"/>
     <w:rsid w:val="001C44E6"/>
     <w:rsid w:val="001C6C62"/>
     <w:rsid w:val="001D140F"/>
     <w:rsid w:val="001D54D5"/>
     <w:rsid w:val="001E3665"/>
     <w:rsid w:val="001E3EC1"/>
     <w:rsid w:val="001E554E"/>
     <w:rsid w:val="001E762F"/>
     <w:rsid w:val="001F66BD"/>
     <w:rsid w:val="001F7311"/>
     <w:rsid w:val="00206EB6"/>
@@ -12652,50 +14517,51 @@
     <w:rsid w:val="005641EA"/>
     <w:rsid w:val="00571366"/>
     <w:rsid w:val="0058071D"/>
     <w:rsid w:val="00585E7C"/>
     <w:rsid w:val="00586ADC"/>
     <w:rsid w:val="00587311"/>
     <w:rsid w:val="00587A66"/>
     <w:rsid w:val="00593A3D"/>
     <w:rsid w:val="00597169"/>
     <w:rsid w:val="00597E30"/>
     <w:rsid w:val="005A4CBA"/>
     <w:rsid w:val="005B08F1"/>
     <w:rsid w:val="005B0D31"/>
     <w:rsid w:val="005B1025"/>
     <w:rsid w:val="005B3681"/>
     <w:rsid w:val="005C4F67"/>
     <w:rsid w:val="005C6745"/>
     <w:rsid w:val="005C67BD"/>
     <w:rsid w:val="005D082C"/>
     <w:rsid w:val="005D0FFA"/>
     <w:rsid w:val="005D4D11"/>
     <w:rsid w:val="005E0339"/>
     <w:rsid w:val="005E5CD8"/>
     <w:rsid w:val="005E6C56"/>
     <w:rsid w:val="005F2152"/>
+    <w:rsid w:val="005F33F2"/>
     <w:rsid w:val="005F3FB3"/>
     <w:rsid w:val="005F6B03"/>
     <w:rsid w:val="00611EB0"/>
     <w:rsid w:val="00616896"/>
     <w:rsid w:val="006239DD"/>
     <w:rsid w:val="00627B98"/>
     <w:rsid w:val="006302CD"/>
     <w:rsid w:val="00631147"/>
     <w:rsid w:val="00631467"/>
     <w:rsid w:val="00632953"/>
     <w:rsid w:val="00640362"/>
     <w:rsid w:val="006413DA"/>
     <w:rsid w:val="00644CED"/>
     <w:rsid w:val="006500FE"/>
     <w:rsid w:val="00650A0F"/>
     <w:rsid w:val="00651114"/>
     <w:rsid w:val="006530BF"/>
     <w:rsid w:val="006576B4"/>
     <w:rsid w:val="006828F5"/>
     <w:rsid w:val="006830F5"/>
     <w:rsid w:val="00690F32"/>
     <w:rsid w:val="006911D3"/>
     <w:rsid w:val="00695AAD"/>
     <w:rsid w:val="00697B11"/>
     <w:rsid w:val="006A0AB4"/>
@@ -12757,132 +14623,133 @@
     <w:rsid w:val="008071E6"/>
     <w:rsid w:val="0081033F"/>
     <w:rsid w:val="008108C1"/>
     <w:rsid w:val="00810AA4"/>
     <w:rsid w:val="00811B80"/>
     <w:rsid w:val="00813140"/>
     <w:rsid w:val="00823F3A"/>
     <w:rsid w:val="00824351"/>
     <w:rsid w:val="008248C9"/>
     <w:rsid w:val="00825B69"/>
     <w:rsid w:val="008266B3"/>
     <w:rsid w:val="00831ACE"/>
     <w:rsid w:val="0083668A"/>
     <w:rsid w:val="008378EE"/>
     <w:rsid w:val="00840223"/>
     <w:rsid w:val="00845D45"/>
     <w:rsid w:val="008467C8"/>
     <w:rsid w:val="00854A98"/>
     <w:rsid w:val="0085504B"/>
     <w:rsid w:val="008551FC"/>
     <w:rsid w:val="008607FC"/>
     <w:rsid w:val="00862438"/>
     <w:rsid w:val="00863011"/>
     <w:rsid w:val="0086590F"/>
     <w:rsid w:val="00867380"/>
+    <w:rsid w:val="008762A0"/>
     <w:rsid w:val="00876559"/>
     <w:rsid w:val="00881F96"/>
     <w:rsid w:val="008902B3"/>
     <w:rsid w:val="00890EA8"/>
     <w:rsid w:val="0089117E"/>
     <w:rsid w:val="00896066"/>
     <w:rsid w:val="008A3CC1"/>
     <w:rsid w:val="008A416A"/>
     <w:rsid w:val="008A4742"/>
     <w:rsid w:val="008A52F9"/>
     <w:rsid w:val="008B7D50"/>
     <w:rsid w:val="008C0CBD"/>
     <w:rsid w:val="008C0F40"/>
     <w:rsid w:val="008C1FA5"/>
     <w:rsid w:val="008C4A35"/>
     <w:rsid w:val="008C792A"/>
     <w:rsid w:val="008D421A"/>
     <w:rsid w:val="008D4832"/>
     <w:rsid w:val="008D664D"/>
     <w:rsid w:val="008D6991"/>
     <w:rsid w:val="008E3081"/>
     <w:rsid w:val="008E542C"/>
     <w:rsid w:val="008E5D17"/>
     <w:rsid w:val="008E7314"/>
     <w:rsid w:val="008F6D54"/>
     <w:rsid w:val="008F7185"/>
     <w:rsid w:val="009017F5"/>
     <w:rsid w:val="00901810"/>
     <w:rsid w:val="009105A7"/>
     <w:rsid w:val="009147C0"/>
     <w:rsid w:val="0091541B"/>
     <w:rsid w:val="00924E9F"/>
     <w:rsid w:val="0093049E"/>
     <w:rsid w:val="0093103A"/>
     <w:rsid w:val="00931762"/>
     <w:rsid w:val="009318F5"/>
+    <w:rsid w:val="0093314E"/>
     <w:rsid w:val="00933C63"/>
     <w:rsid w:val="00934EAB"/>
     <w:rsid w:val="009416A9"/>
     <w:rsid w:val="00943430"/>
     <w:rsid w:val="00944C29"/>
     <w:rsid w:val="00945CE4"/>
     <w:rsid w:val="0095429A"/>
     <w:rsid w:val="0095556C"/>
     <w:rsid w:val="009564B9"/>
     <w:rsid w:val="0096001D"/>
     <w:rsid w:val="00963EB3"/>
     <w:rsid w:val="009653CA"/>
     <w:rsid w:val="00965848"/>
     <w:rsid w:val="00966F81"/>
     <w:rsid w:val="00967BAF"/>
     <w:rsid w:val="00983D88"/>
     <w:rsid w:val="00985520"/>
     <w:rsid w:val="00986FAB"/>
     <w:rsid w:val="00994703"/>
     <w:rsid w:val="0099777D"/>
     <w:rsid w:val="009A0E59"/>
     <w:rsid w:val="009A50BC"/>
     <w:rsid w:val="009A51A3"/>
     <w:rsid w:val="009A5F2F"/>
     <w:rsid w:val="009B098A"/>
     <w:rsid w:val="009B2444"/>
     <w:rsid w:val="009C7C47"/>
     <w:rsid w:val="009C7DBE"/>
     <w:rsid w:val="009D0967"/>
     <w:rsid w:val="009E4D1E"/>
     <w:rsid w:val="009E5E1C"/>
     <w:rsid w:val="009E632E"/>
     <w:rsid w:val="009E685B"/>
     <w:rsid w:val="009E7D93"/>
     <w:rsid w:val="009F692B"/>
     <w:rsid w:val="009F72F3"/>
     <w:rsid w:val="009F79B3"/>
     <w:rsid w:val="00A00CE6"/>
     <w:rsid w:val="00A025F7"/>
     <w:rsid w:val="00A03198"/>
     <w:rsid w:val="00A067B7"/>
     <w:rsid w:val="00A10979"/>
     <w:rsid w:val="00A11183"/>
     <w:rsid w:val="00A11CBD"/>
     <w:rsid w:val="00A16AB8"/>
-    <w:rsid w:val="00A20980"/>
     <w:rsid w:val="00A24C6F"/>
     <w:rsid w:val="00A272CD"/>
     <w:rsid w:val="00A304EB"/>
     <w:rsid w:val="00A30F47"/>
     <w:rsid w:val="00A40044"/>
     <w:rsid w:val="00A427F8"/>
     <w:rsid w:val="00A42CE3"/>
     <w:rsid w:val="00A42DC5"/>
     <w:rsid w:val="00A44DAF"/>
     <w:rsid w:val="00A45D5C"/>
     <w:rsid w:val="00A4649B"/>
     <w:rsid w:val="00A508BF"/>
     <w:rsid w:val="00A51819"/>
     <w:rsid w:val="00A53C39"/>
     <w:rsid w:val="00A5412D"/>
     <w:rsid w:val="00A61206"/>
     <w:rsid w:val="00A61BDB"/>
     <w:rsid w:val="00A62F98"/>
     <w:rsid w:val="00A63A58"/>
     <w:rsid w:val="00A66F9D"/>
     <w:rsid w:val="00A70F4B"/>
     <w:rsid w:val="00A71C50"/>
     <w:rsid w:val="00A75196"/>
     <w:rsid w:val="00A76291"/>
     <w:rsid w:val="00A7674C"/>
@@ -12956,50 +14823,51 @@
     <w:rsid w:val="00BA2FD3"/>
     <w:rsid w:val="00BA60D0"/>
     <w:rsid w:val="00BB625A"/>
     <w:rsid w:val="00BC0AA6"/>
     <w:rsid w:val="00BC0C02"/>
     <w:rsid w:val="00BC1C17"/>
     <w:rsid w:val="00BC3728"/>
     <w:rsid w:val="00BC3C34"/>
     <w:rsid w:val="00BC66EE"/>
     <w:rsid w:val="00BD00EE"/>
     <w:rsid w:val="00BD06F6"/>
     <w:rsid w:val="00BD30B2"/>
     <w:rsid w:val="00BE416B"/>
     <w:rsid w:val="00BE70D2"/>
     <w:rsid w:val="00BF388C"/>
     <w:rsid w:val="00BF4B2F"/>
     <w:rsid w:val="00BF5A2E"/>
     <w:rsid w:val="00BF6B14"/>
     <w:rsid w:val="00C02F84"/>
     <w:rsid w:val="00C041D9"/>
     <w:rsid w:val="00C106B9"/>
     <w:rsid w:val="00C12980"/>
     <w:rsid w:val="00C13700"/>
     <w:rsid w:val="00C13DFC"/>
     <w:rsid w:val="00C1465B"/>
+    <w:rsid w:val="00C244C7"/>
     <w:rsid w:val="00C27943"/>
     <w:rsid w:val="00C300E6"/>
     <w:rsid w:val="00C34FB4"/>
     <w:rsid w:val="00C36AA1"/>
     <w:rsid w:val="00C41E36"/>
     <w:rsid w:val="00C42646"/>
     <w:rsid w:val="00C47E12"/>
     <w:rsid w:val="00C51BCF"/>
     <w:rsid w:val="00C57FF8"/>
     <w:rsid w:val="00C61395"/>
     <w:rsid w:val="00C61D59"/>
     <w:rsid w:val="00C669BF"/>
     <w:rsid w:val="00C71CD6"/>
     <w:rsid w:val="00C73D66"/>
     <w:rsid w:val="00C757D4"/>
     <w:rsid w:val="00C77AC3"/>
     <w:rsid w:val="00C858F3"/>
     <w:rsid w:val="00C8737B"/>
     <w:rsid w:val="00C92870"/>
     <w:rsid w:val="00C952FA"/>
     <w:rsid w:val="00C95465"/>
     <w:rsid w:val="00C95D5F"/>
     <w:rsid w:val="00CA034E"/>
     <w:rsid w:val="00CA126C"/>
     <w:rsid w:val="00CA2FBE"/>
@@ -13008,70 +14876,70 @@
     <w:rsid w:val="00CA562D"/>
     <w:rsid w:val="00CB2868"/>
     <w:rsid w:val="00CC3056"/>
     <w:rsid w:val="00CC6FA4"/>
     <w:rsid w:val="00CD4235"/>
     <w:rsid w:val="00CE379E"/>
     <w:rsid w:val="00CE44F2"/>
     <w:rsid w:val="00CE46E1"/>
     <w:rsid w:val="00CE5BF6"/>
     <w:rsid w:val="00CE674F"/>
     <w:rsid w:val="00CF1689"/>
     <w:rsid w:val="00CF75B7"/>
     <w:rsid w:val="00CF7E7E"/>
     <w:rsid w:val="00D010AE"/>
     <w:rsid w:val="00D14F62"/>
     <w:rsid w:val="00D16017"/>
     <w:rsid w:val="00D167D0"/>
     <w:rsid w:val="00D236EE"/>
     <w:rsid w:val="00D249C9"/>
     <w:rsid w:val="00D25D53"/>
     <w:rsid w:val="00D374B2"/>
     <w:rsid w:val="00D438E3"/>
     <w:rsid w:val="00D573B1"/>
     <w:rsid w:val="00D6009E"/>
     <w:rsid w:val="00D608AA"/>
+    <w:rsid w:val="00D67CCA"/>
     <w:rsid w:val="00D7242F"/>
     <w:rsid w:val="00D73B0B"/>
     <w:rsid w:val="00D73EA8"/>
     <w:rsid w:val="00D74BBC"/>
     <w:rsid w:val="00D75AED"/>
     <w:rsid w:val="00D8168C"/>
     <w:rsid w:val="00D86CF5"/>
     <w:rsid w:val="00D94087"/>
     <w:rsid w:val="00D9442F"/>
     <w:rsid w:val="00D946F5"/>
     <w:rsid w:val="00D9541D"/>
     <w:rsid w:val="00D9599F"/>
     <w:rsid w:val="00DA1EDD"/>
     <w:rsid w:val="00DA25D1"/>
     <w:rsid w:val="00DB01C0"/>
     <w:rsid w:val="00DB1F71"/>
     <w:rsid w:val="00DC3664"/>
     <w:rsid w:val="00DC422A"/>
     <w:rsid w:val="00DC6485"/>
-    <w:rsid w:val="00DC6DC0"/>
     <w:rsid w:val="00DD25C5"/>
     <w:rsid w:val="00DD2D60"/>
     <w:rsid w:val="00DD4E59"/>
     <w:rsid w:val="00DD62B6"/>
     <w:rsid w:val="00DE2D12"/>
     <w:rsid w:val="00DE60EE"/>
     <w:rsid w:val="00E00698"/>
     <w:rsid w:val="00E00BFF"/>
     <w:rsid w:val="00E00DB5"/>
     <w:rsid w:val="00E022F4"/>
     <w:rsid w:val="00E05ECF"/>
     <w:rsid w:val="00E077DA"/>
     <w:rsid w:val="00E1049C"/>
     <w:rsid w:val="00E164E2"/>
     <w:rsid w:val="00E249D2"/>
     <w:rsid w:val="00E24BAA"/>
     <w:rsid w:val="00E32B38"/>
     <w:rsid w:val="00E34DF8"/>
     <w:rsid w:val="00E47D12"/>
     <w:rsid w:val="00E519D9"/>
     <w:rsid w:val="00E53DDC"/>
     <w:rsid w:val="00E541DB"/>
     <w:rsid w:val="00E6237C"/>
     <w:rsid w:val="00E66F66"/>
     <w:rsid w:val="00E700C7"/>
@@ -13147,51 +15015,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES_tradnl" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5A242518"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{770C44E1-E3F0-AF41-BDAB-6DEAE5DB7513}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13528,51 +15396,51 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A62F98"/>
+    <w:rsid w:val="005F33F2"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -14081,51 +15949,51 @@
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C13700"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00732F4B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="15617352">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="30692787">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15539,50 +17407,89 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1555390646">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1560021154">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1920360476">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1212427216">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1560747597">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1565796168">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -16041,51 +17948,51 @@
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2076126245">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/forms.office.com/e/Nhxs1JNRDC?origin=lprLink__;!!D9dNQwwGXtA!R8uNSAANI0mFbOD_ktygBmDyyzyQ5YAZS79ppNHyxGf8ZK7JyJVQKzURgLoXoY12nCPJk9eVf_SHHfUoo9FX50XMPPg$" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:moises.esteban@udg.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/forms.office.com/e/CB50LhhCe3?origin=lprLink__;!!D9dNQwwGXtA!R8uNSAANI0mFbOD_ktygBmDyyzyQ5YAZS79ppNHyxGf8ZK7JyJVQKzURgLoXoY12nCPJk9eVf_SHHfUoo9FXR7banvQ$" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/forms.office.com/e/Nhxs1JNRDC?origin=lprLink__;!!D9dNQwwGXtA!R8uNSAANI0mFbOD_ktygBmDyyzyQ5YAZS79ppNHyxGf8ZK7JyJVQKzURgLoXoY12nCPJk9eVf_SHHfUoo9FX50XMPPg$" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/forms.gle/iBjGuZvPPTuGdDeK6__;!!D9dNQwwGXtA!SYJ5EueiOsBIYQ6PRCWU0CmlJcQvBxYNwMUMdx79zFQpILj2E6k0OMsdc5ZpnLiiycMC7Gi1IDKcILP21UqDdF7UwBfB%24" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:moises.esteban@udg.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/forms.office.com/e/CB50LhhCe3?origin=lprLink__;!!D9dNQwwGXtA!R8uNSAANI0mFbOD_ktygBmDyyzyQ5YAZS79ppNHyxGf8ZK7JyJVQKzURgLoXoY12nCPJk9eVf_SHHfUoo9FXR7banvQ$" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -16386,87 +18293,87 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9F6A275-C485-4FB3-99E2-B2305D64838A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1712</Words>
-  <Characters>9418</Characters>
+  <Words>1836</Words>
+  <Characters>10104</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>78</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>84</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Títol</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Universitat de Barcelona</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11108</CharactersWithSpaces>
+  <CharactersWithSpaces>11917</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Teresa Mauri</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>