--- v3 (2026-01-02)
+++ v4 (2026-02-02)
@@ -363,115 +363,107 @@
       <w:r w:rsidR="002D70FE" w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
       <w:r w:rsidR="002D70FE" w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="191BB121" w14:textId="0C2D96AD" w:rsidR="008266B3" w:rsidRPr="00732F4B" w:rsidRDefault="008266B3" w:rsidP="00031350">
+    <w:p w14:paraId="191BB121" w14:textId="1EC3FCA8" w:rsidR="008266B3" w:rsidRPr="00732F4B" w:rsidRDefault="008266B3" w:rsidP="00031350">
       <w:pPr>
         <w:spacing w:before="9" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(actualizado </w:t>
       </w:r>
-      <w:r w:rsidR="005F33F2">
-[...5 lines deleted...]
-        <w:t>17</w:t>
+      <w:r w:rsidR="001B174A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>09</w:t>
       </w:r>
       <w:r w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="002D6891" w:rsidRPr="00732F4B">
-[...13 lines deleted...]
-        <w:t>2</w:t>
+      <w:r w:rsidR="001B174A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>01</w:t>
       </w:r>
       <w:r w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.202</w:t>
       </w:r>
-      <w:r w:rsidR="00CF1689" w:rsidRPr="00732F4B">
-[...5 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="001B174A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C13D7BD" w14:textId="77777777" w:rsidR="004D3FFE" w:rsidRPr="00732F4B" w:rsidRDefault="004D3FFE" w:rsidP="00031350">
       <w:pPr>
         <w:spacing w:before="9" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61086825" w14:textId="77777777" w:rsidR="00650A0F" w:rsidRPr="00732F4B" w:rsidRDefault="00650A0F" w:rsidP="00031350">
       <w:pPr>
         <w:spacing w:before="9" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
@@ -5166,69 +5158,109 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>El rol del diálogo en la identidad reflexiva docente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7860076F" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
+          <w:p w14:paraId="7860076F" w14:textId="6298892C" w:rsidR="00A11CBD" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>28 de febrero</w:t>
-            </w:r>
+              <w:t xml:space="preserve">28 de </w:t>
+            </w:r>
+            <w:r w:rsidR="007D5EA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>enero</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7742C40A" w14:textId="0C39FF34" w:rsidR="001B174A" w:rsidRPr="00732F4B" w:rsidRDefault="001B174A" w:rsidP="00A11CBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001B174A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fecha modificada</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>!</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="56D42AD5" w14:textId="52DCB6DC" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="247C092B" w14:textId="170A34A6" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
@@ -5768,68 +5800,86 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7D9E2A63" w14:textId="77777777" w:rsidR="0032753B" w:rsidRPr="00732F4B" w:rsidRDefault="0032753B" w:rsidP="0032753B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9, 16, 23 febrero</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D3A4144" w14:textId="37CD1CAA" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="0032753B" w:rsidP="0032753B">
+          <w:p w14:paraId="4D3A4144" w14:textId="26C198E7" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="0032753B" w:rsidP="0032753B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>2, 9, 16 i 23 marzo</w:t>
+              <w:t xml:space="preserve">2, 9, 16 </w:t>
+            </w:r>
+            <w:r w:rsidR="005328E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">y </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>23 marzo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="3CE517D8" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3BD085E5" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
@@ -6333,68 +6383,86 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7B3749FC" w14:textId="77777777" w:rsidR="0032753B" w:rsidRPr="00732F4B" w:rsidRDefault="0032753B" w:rsidP="0032753B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9, 16, 23 febrero</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06626194" w14:textId="131E48C1" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="0032753B" w:rsidP="0032753B">
+          <w:p w14:paraId="06626194" w14:textId="44E0F57C" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="0032753B" w:rsidP="0032753B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>2, 9, 16 i 23 marzo</w:t>
+              <w:t xml:space="preserve">2, 9, 16 </w:t>
+            </w:r>
+            <w:r w:rsidR="005328E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 23 marzo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="3B1B04E4" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="169773CD" w14:textId="77777777" w:rsidR="00260E37" w:rsidRPr="00732F4B" w:rsidRDefault="00260E37" w:rsidP="00260E37">
@@ -6878,50 +6946,492 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="37F30C58" w14:textId="458A7D8B" w:rsidR="00732F4B" w:rsidRPr="00732F4B" w:rsidRDefault="00092633" w:rsidP="00092633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>El enlace al formulario de inscripción a la conferencia se hará público en su día en la Comunidad MIPE-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="005328E7" w:rsidRPr="00732F4B" w14:paraId="0B6E97E7" w14:textId="77777777" w:rsidTr="00732F4B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="1427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="278" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B0DF273" w14:textId="4B7F1AE5" w:rsidR="005328E7" w:rsidRDefault="005328E7" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>UB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="543" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="604B4552" w14:textId="5AD18CB6" w:rsidR="005328E7" w:rsidRDefault="005328E7" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dra. Marcela </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Frugone</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Universidad Casa</w:t>
+            </w:r>
+            <w:r w:rsidR="00054A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> G</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>rande, Ecuador)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="011AE578" w14:textId="528E44CA" w:rsidR="00D505AA" w:rsidRDefault="00EF1000" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>¡</w:t>
+            </w:r>
+            <w:r w:rsidR="00D505AA" w:rsidRPr="00D505AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Nuevo!</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="295" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FE1EF34" w14:textId="50D48ADB" w:rsidR="005328E7" w:rsidRDefault="001A5A5A" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MIPE-DIPE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="364" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B7DF535" w14:textId="77777777" w:rsidR="005328E7" w:rsidRDefault="005328E7" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19A28A17" w14:textId="14AFB001" w:rsidR="001A5A5A" w:rsidRDefault="001A5A5A" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Conferencia presencial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B985E77" w14:textId="33E34415" w:rsidR="005328E7" w:rsidRPr="000940D1" w:rsidRDefault="001A5A5A" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5A5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Reflexiones y aprendizajes de la implementación de PCF en Ecuador.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5A5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidR="00054A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>á</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5A5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>lisis de casos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="448" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F6CA0FE" w14:textId="5DFA3A75" w:rsidR="005328E7" w:rsidRDefault="005328E7" w:rsidP="00732F4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>25 febrero</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="347" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="35691F18" w14:textId="7366DB58" w:rsidR="005328E7" w:rsidRDefault="005328E7" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>12:00h</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1260C9B0" w14:textId="77777777" w:rsidR="001A5A5A" w:rsidRPr="00732F4B" w:rsidRDefault="001A5A5A" w:rsidP="001A5A5A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Facultat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Psicologia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="26261E56" w14:textId="77777777" w:rsidR="001A5A5A" w:rsidRPr="00732F4B" w:rsidRDefault="001A5A5A" w:rsidP="001A5A5A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de Barcelona</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F6681F7" w14:textId="77777777" w:rsidR="001A5A5A" w:rsidRPr="00732F4B" w:rsidRDefault="001A5A5A" w:rsidP="001A5A5A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CDAA813" w14:textId="3A94A777" w:rsidR="005328E7" w:rsidRPr="00732F4B" w:rsidRDefault="001A5A5A" w:rsidP="001A5A5A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>El enlace al formulario de inscripción a la conferencia se hará público en su día en la Comunidad MIPE-DIPE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="77D7ED2E" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1C367876" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -7485,79 +7995,81 @@
             <w:r w:rsidRPr="00092633">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D6F8B98" w14:textId="1B95CE44" w:rsidR="00092633" w:rsidRPr="00092633" w:rsidRDefault="00092633" w:rsidP="00092633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="0000FF" w:themeColor="hyperlink"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00092633">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7B4B0AA0" w14:textId="05D4908A" w:rsidR="00092633" w:rsidRPr="00732F4B" w:rsidRDefault="00092633" w:rsidP="00290B9A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>MIPE-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="08E3961D" w14:textId="78072C16" w:rsidR="00092633" w:rsidRPr="00732F4B" w:rsidRDefault="00092633" w:rsidP="00126B23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -8696,80 +9208,86 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="17030332" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="699E590C" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7ACB10ED" w14:textId="7E0259A0" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00C92870">
+          <w:p w14:paraId="7ACB10ED" w14:textId="645F5461" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dr.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1000">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00AF6E6D" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Andres</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00AF6E6D" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> di </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00AF6E6D" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Masso</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="63FAD707" w14:textId="432C3485" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
@@ -8945,154 +9463,179 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="6B3D43A0" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="736F4734" w14:textId="285852C1" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00C92870">
+          <w:p w14:paraId="736F4734" w14:textId="136DC604" w:rsidR="00AF6E6D" w:rsidRPr="00306C94" w:rsidRDefault="00306C94" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
-[...5 lines deleted...]
-              <w:t>Enfoques analíticos cualitativos (Parte II): taller práctico</w:t>
+            <w:r w:rsidRPr="00306C94">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>nálisis del Discurso y Análisis de Contenido. Relaciones y diferencias de dos estrategias de interpretación.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="5F6B72E1" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3823077E" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6BE32865" w14:textId="040AA749" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="00C92870">
+          <w:p w14:paraId="6BE32865" w14:textId="763330D0" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="005328E7" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">29 y 29 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="000C4F4F" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00AF6E6D" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>bril</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="0F0B9845" w14:textId="1FCCB430" w:rsidR="000C4F4F" w:rsidRPr="00732F4B" w:rsidRDefault="000C4F4F" w:rsidP="00C92870">
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="0F0B9845" w14:textId="36F1D6D2" w:rsidR="000C4F4F" w:rsidRPr="005328E7" w:rsidRDefault="00EF1000" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00732F4B">
-[...8 lines deleted...]
-              <w:t>(a concretar)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>¡</w:t>
+            </w:r>
+            <w:r w:rsidR="005328E7" w:rsidRPr="005328E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fecha actualizada!</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="52301CB1" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1AC995BC" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
@@ -9311,85 +9854,83 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>UB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1990B899" w14:textId="046E8459" w:rsidR="00D249C9" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00C92870">
+          <w:p w14:paraId="1990B899" w14:textId="76CAFD2B" w:rsidR="00D249C9" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dra.</w:t>
             </w:r>
+            <w:r w:rsidR="00EF1000">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="00D249C9" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Diana</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Gómez Gallo</w:t>
+              <w:t>Diana Gómez Gallo</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6EB44222" w14:textId="40964715" w:rsidR="00126B23" w:rsidRPr="00732F4B" w:rsidRDefault="00126B23" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">(Fundación </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
@@ -11519,51 +12060,61 @@
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59864316" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
-        <w:t>Cal acreditar almenys 9 (5 en el cas dels estudiants matriculats a temps parcial) de les Activitats Formatives (AF) que apareixen en aquest document (veure nota). Cada sessió comptabilitza com una AF. En el cas d'aquelles AF que es realitzen en 2 o 3 sessions, cal participar a totes les sessions.</w:t>
+        <w:t xml:space="preserve">Cal acreditar almenys 9 (5 en el cas dels estudiants matriculats a temps parcial) de les Activitats Formatives (AF) que apareixen en aquest document (veure nota). Cada sessió comptabilitza </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00732F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>com una AF. En el cas d'aquelles AF que es realitzen en 2 o 3 sessions, cal participar a totes les sessions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EC89BDB" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="410FD383" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
@@ -11866,145 +12417,141 @@
         <w:ind w:right="209"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F85089" w:rsidRPr="00732F4B" w:rsidSect="00E05ECF">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="16820" w:h="11900" w:orient="landscape"/>
       <w:pgMar w:top="284" w:right="1100" w:bottom="1134" w:left="941" w:header="0" w:footer="896" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="56EA18CB" w14:textId="77777777" w:rsidR="0093314E" w:rsidRDefault="0093314E">
+    <w:p w14:paraId="63FF8E8A" w14:textId="77777777" w:rsidR="0069104B" w:rsidRDefault="0069104B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6186DF2D" w14:textId="77777777" w:rsidR="0093314E" w:rsidRDefault="0093314E">
+    <w:p w14:paraId="13A716F5" w14:textId="77777777" w:rsidR="0069104B" w:rsidRDefault="0069104B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:altName w:val="Sylfaen"/>
     <w:panose1 w:val="00000500000000020000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:altName w:val="Aptos Display"/>
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="2E10C659" w14:textId="1216B99B" w:rsidR="00715861" w:rsidRDefault="004D3FFE">
     <w:pPr>
       <w:spacing w:line="200" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
@@ -12092,106 +12639,106 @@
                               <w:noProof/>
                             </w:rPr>
                             <w:t>2</w:t>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
           <w:pict>
             <v:shapetype w14:anchorId="5C3B44F7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:758.15pt;margin-top:538.45pt;width:10pt;height:14pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDS7UxM0gEAAJADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJw1IYcYquRYcB&#13;&#10;3QVo9wGyLNnGbFEjldjZ14+S43SXt6IvAi1Sh+cc0rvraejF0SB14Eq5XuVSGKeh7lxTyu9P9++u&#13;&#10;pKCgXK16cKaUJ0Pyev/2zW70hdlAC31tUDCIo2L0pWxD8EWWkW7NoGgF3jhOWsBBBf7EJqtRjYw+&#13;&#10;9Nkmz99nI2DtEbQh4tu7OSn3Cd9ao8NXa8kE0ZeSuYV0YjqreGb7nSoaVL7t9JmGegGLQXWOm16g&#13;&#10;7lRQ4oDdf1BDpxEIbFhpGDKwttMmaWA16/wfNY+t8iZpYXPIX2yi14PVX46P/huKMH2AiQeYRJB/&#13;&#10;AP2DhIPbVrnG3CDC2BpVc+N1tCwbPRXnp9FqKiiCVONnqHnI6hAgAU0Wh+gK6xSMzgM4XUw3UxA6&#13;&#10;ttxs85wzmlPr7faK49hBFctjjxQ+GhhEDEqJPNMEro4PFObSpST2cnDf9X2aa+/+umDMeJPIR74z&#13;&#10;8zBVE1dHERXUJ5aBMK8JrzUHLeAvKUZekVLSz4NCI0X/ybEVcZ+WAJegWgLlND8tZZBiDm/DvHcH&#13;&#10;j13TMvJstoMbtst2ScozizNPHnsy47yica/+/E5Vzz/S/jcAAAD//wMAUEsDBBQABgAIAAAAIQBP&#13;&#10;H6gR5QAAABQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9NT8MwDL0j8R8iI3FjSRkrtGs6TXyckCa6&#13;&#10;cuCYtlkbrXFKk23l3+Oe4GK9Zz8/P2ebyfbsrEdvHEqIFgKYxto1BlsJn+Xb3RMwHxQ2qneoJfxo&#13;&#10;D5v8+ipTaeMuWOjzPrSMTNCnSkIXwpBy7utOW+UXbtBIs4MbrQpEx5Y3o7qQue35vRAxt8ogXejU&#13;&#10;oJ87XR/3Jyth+4XFq/neVR/FoTBlmQh8j49S3t5ML2sq2zWwoKfwtwHzD5QfcgpWuRM2nvXEV1G8&#13;&#10;JC0h8RgnwGbNajn3KkKReEiA5xn//0z+CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#13;&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#13;&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANLt&#13;&#10;TEzSAQAAkAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#13;&#10;AE8fqBHlAAAAFAEAAA8AAAAAAAAAAAAAAAAALAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#13;&#10;APMAAAA+BQAAAAA=&#13;&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="43096856" w14:textId="55E88D2D" w:rsidR="00715861" w:rsidRDefault="00715861">
                     <w:pPr>
                       <w:spacing w:line="265" w:lineRule="exact"/>
                       <w:ind w:left="40"/>
                     </w:pPr>
                     <w:r>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:instrText xml:space="preserve"> PAGE </w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r w:rsidR="00B13A95">
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BB585ED" w14:textId="77777777" w:rsidR="0093314E" w:rsidRDefault="0093314E">
+    <w:p w14:paraId="40ABF4BA" w14:textId="77777777" w:rsidR="0069104B" w:rsidRDefault="0069104B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="396C5D2E" w14:textId="77777777" w:rsidR="0093314E" w:rsidRDefault="0093314E">
+    <w:p w14:paraId="4A115BFD" w14:textId="77777777" w:rsidR="0069104B" w:rsidRDefault="0069104B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="37E9BC18" w14:textId="77777777" w:rsidR="00715861" w:rsidRDefault="00715861">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="031BDFE6" wp14:editId="307F652C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>1659890</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
@@ -14191,96 +14738,98 @@
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1965691833">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="935015648">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="246619368">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1180043945">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="296498978">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="148521235">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="180"/>
+  <w:zoom w:percent="212"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1077"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001725D9"/>
     <w:rsid w:val="00003E88"/>
     <w:rsid w:val="00005211"/>
     <w:rsid w:val="000123A2"/>
     <w:rsid w:val="000142FE"/>
     <w:rsid w:val="00016C9E"/>
     <w:rsid w:val="00017A3C"/>
     <w:rsid w:val="000235D5"/>
+    <w:rsid w:val="0002473D"/>
     <w:rsid w:val="00027D10"/>
     <w:rsid w:val="00030395"/>
     <w:rsid w:val="00031350"/>
     <w:rsid w:val="0003232E"/>
     <w:rsid w:val="00036035"/>
     <w:rsid w:val="000420D7"/>
     <w:rsid w:val="00043BDE"/>
     <w:rsid w:val="00045A72"/>
     <w:rsid w:val="000461D7"/>
     <w:rsid w:val="00051015"/>
     <w:rsid w:val="00051E7F"/>
     <w:rsid w:val="000534D0"/>
+    <w:rsid w:val="00054A65"/>
     <w:rsid w:val="000563B1"/>
     <w:rsid w:val="0006216D"/>
     <w:rsid w:val="0006373E"/>
     <w:rsid w:val="00065987"/>
     <w:rsid w:val="000676A5"/>
     <w:rsid w:val="000737B9"/>
     <w:rsid w:val="00077F17"/>
     <w:rsid w:val="00082EF4"/>
     <w:rsid w:val="000916A9"/>
     <w:rsid w:val="00092633"/>
     <w:rsid w:val="000940D1"/>
     <w:rsid w:val="000A12C0"/>
     <w:rsid w:val="000A12CD"/>
     <w:rsid w:val="000A57E7"/>
     <w:rsid w:val="000A767E"/>
     <w:rsid w:val="000B0AB9"/>
     <w:rsid w:val="000B3A9F"/>
     <w:rsid w:val="000B65AC"/>
     <w:rsid w:val="000C0A7F"/>
     <w:rsid w:val="000C404E"/>
     <w:rsid w:val="000C4077"/>
     <w:rsid w:val="000C4F4F"/>
     <w:rsid w:val="000C5131"/>
     <w:rsid w:val="000D2D20"/>
     <w:rsid w:val="000D2F6D"/>
@@ -14300,66 +14849,69 @@
     <w:rsid w:val="00141B46"/>
     <w:rsid w:val="001470EF"/>
     <w:rsid w:val="00152A47"/>
     <w:rsid w:val="00155E10"/>
     <w:rsid w:val="0015633F"/>
     <w:rsid w:val="0015756F"/>
     <w:rsid w:val="00157C2F"/>
     <w:rsid w:val="0016070F"/>
     <w:rsid w:val="00161A7F"/>
     <w:rsid w:val="00165945"/>
     <w:rsid w:val="00170785"/>
     <w:rsid w:val="00171ED9"/>
     <w:rsid w:val="001725D9"/>
     <w:rsid w:val="00173A0D"/>
     <w:rsid w:val="00174A1C"/>
     <w:rsid w:val="00180DF8"/>
     <w:rsid w:val="0018295A"/>
     <w:rsid w:val="00184880"/>
     <w:rsid w:val="001922F9"/>
     <w:rsid w:val="00196354"/>
     <w:rsid w:val="00196C51"/>
     <w:rsid w:val="001A18CF"/>
     <w:rsid w:val="001A3652"/>
     <w:rsid w:val="001A3DBE"/>
     <w:rsid w:val="001A5256"/>
+    <w:rsid w:val="001A5A5A"/>
     <w:rsid w:val="001B012B"/>
+    <w:rsid w:val="001B174A"/>
     <w:rsid w:val="001B2454"/>
     <w:rsid w:val="001B5DD8"/>
     <w:rsid w:val="001C1E63"/>
     <w:rsid w:val="001C44E6"/>
     <w:rsid w:val="001C6C62"/>
     <w:rsid w:val="001D140F"/>
     <w:rsid w:val="001D54D5"/>
     <w:rsid w:val="001E3665"/>
     <w:rsid w:val="001E3EC1"/>
     <w:rsid w:val="001E554E"/>
     <w:rsid w:val="001E762F"/>
     <w:rsid w:val="001F66BD"/>
     <w:rsid w:val="001F7311"/>
     <w:rsid w:val="00206EB6"/>
     <w:rsid w:val="00211579"/>
+    <w:rsid w:val="0021180F"/>
     <w:rsid w:val="00214A51"/>
     <w:rsid w:val="00215FA0"/>
     <w:rsid w:val="00216598"/>
     <w:rsid w:val="00216F19"/>
     <w:rsid w:val="00217708"/>
     <w:rsid w:val="00220277"/>
     <w:rsid w:val="0022329B"/>
     <w:rsid w:val="00232974"/>
     <w:rsid w:val="0023645B"/>
     <w:rsid w:val="002379E5"/>
     <w:rsid w:val="00243ED6"/>
     <w:rsid w:val="00245189"/>
     <w:rsid w:val="002506E5"/>
     <w:rsid w:val="00260E37"/>
     <w:rsid w:val="0026656C"/>
     <w:rsid w:val="00267F27"/>
     <w:rsid w:val="00274864"/>
     <w:rsid w:val="00275F44"/>
     <w:rsid w:val="00276F44"/>
     <w:rsid w:val="00283B13"/>
     <w:rsid w:val="00284AD3"/>
     <w:rsid w:val="00286F0C"/>
     <w:rsid w:val="002873F2"/>
     <w:rsid w:val="0029029D"/>
     <w:rsid w:val="0029128F"/>
@@ -14373,50 +14925,51 @@
     <w:rsid w:val="002B20A0"/>
     <w:rsid w:val="002B3402"/>
     <w:rsid w:val="002B39BB"/>
     <w:rsid w:val="002C05EF"/>
     <w:rsid w:val="002C13F8"/>
     <w:rsid w:val="002C7AD4"/>
     <w:rsid w:val="002C7CED"/>
     <w:rsid w:val="002D21D9"/>
     <w:rsid w:val="002D4A3A"/>
     <w:rsid w:val="002D6891"/>
     <w:rsid w:val="002D70FE"/>
     <w:rsid w:val="002D7A88"/>
     <w:rsid w:val="002E1A39"/>
     <w:rsid w:val="002E2F13"/>
     <w:rsid w:val="002E404A"/>
     <w:rsid w:val="002E42D9"/>
     <w:rsid w:val="002E6801"/>
     <w:rsid w:val="002F03C0"/>
     <w:rsid w:val="002F6655"/>
     <w:rsid w:val="002F6DC3"/>
     <w:rsid w:val="002F76A0"/>
     <w:rsid w:val="002F7CCC"/>
     <w:rsid w:val="003002E7"/>
     <w:rsid w:val="00302A63"/>
     <w:rsid w:val="0030342C"/>
+    <w:rsid w:val="00306C94"/>
     <w:rsid w:val="00311FC1"/>
     <w:rsid w:val="00312B06"/>
     <w:rsid w:val="003204FB"/>
     <w:rsid w:val="00320FC5"/>
     <w:rsid w:val="00323FDE"/>
     <w:rsid w:val="00326AA6"/>
     <w:rsid w:val="0032753B"/>
     <w:rsid w:val="0033153F"/>
     <w:rsid w:val="00335D91"/>
     <w:rsid w:val="00336225"/>
     <w:rsid w:val="00337331"/>
     <w:rsid w:val="003400DA"/>
     <w:rsid w:val="003443C5"/>
     <w:rsid w:val="0035288E"/>
     <w:rsid w:val="00354CBA"/>
     <w:rsid w:val="003562CD"/>
     <w:rsid w:val="00356D1C"/>
     <w:rsid w:val="003623D9"/>
     <w:rsid w:val="00371B17"/>
     <w:rsid w:val="003745F3"/>
     <w:rsid w:val="003748A1"/>
     <w:rsid w:val="0037614B"/>
     <w:rsid w:val="00377AEE"/>
     <w:rsid w:val="00383285"/>
     <w:rsid w:val="003876B7"/>
@@ -14479,110 +15032,113 @@
     <w:rsid w:val="004A1592"/>
     <w:rsid w:val="004A5510"/>
     <w:rsid w:val="004A7C88"/>
     <w:rsid w:val="004B0624"/>
     <w:rsid w:val="004B71CF"/>
     <w:rsid w:val="004C35FA"/>
     <w:rsid w:val="004C3FF8"/>
     <w:rsid w:val="004C4B02"/>
     <w:rsid w:val="004C58B3"/>
     <w:rsid w:val="004C6AE0"/>
     <w:rsid w:val="004D3FFE"/>
     <w:rsid w:val="004D489C"/>
     <w:rsid w:val="004D4F57"/>
     <w:rsid w:val="004D662B"/>
     <w:rsid w:val="004E0D9B"/>
     <w:rsid w:val="004F0548"/>
     <w:rsid w:val="004F16DC"/>
     <w:rsid w:val="004F4505"/>
     <w:rsid w:val="004F722B"/>
     <w:rsid w:val="005005E9"/>
     <w:rsid w:val="005030D4"/>
     <w:rsid w:val="00504631"/>
     <w:rsid w:val="00504EDD"/>
     <w:rsid w:val="005209BF"/>
     <w:rsid w:val="00523D94"/>
+    <w:rsid w:val="005328E7"/>
     <w:rsid w:val="0053541D"/>
     <w:rsid w:val="00535B13"/>
     <w:rsid w:val="005360AA"/>
     <w:rsid w:val="00537158"/>
     <w:rsid w:val="00537384"/>
     <w:rsid w:val="00540C58"/>
     <w:rsid w:val="005442D1"/>
     <w:rsid w:val="00546568"/>
     <w:rsid w:val="0055394F"/>
     <w:rsid w:val="005552B0"/>
     <w:rsid w:val="00560EA0"/>
     <w:rsid w:val="005615B4"/>
     <w:rsid w:val="00561CAA"/>
     <w:rsid w:val="005641EA"/>
     <w:rsid w:val="00571366"/>
     <w:rsid w:val="0058071D"/>
     <w:rsid w:val="00585E7C"/>
     <w:rsid w:val="00586ADC"/>
     <w:rsid w:val="00587311"/>
     <w:rsid w:val="00587A66"/>
+    <w:rsid w:val="005906CC"/>
     <w:rsid w:val="00593A3D"/>
     <w:rsid w:val="00597169"/>
     <w:rsid w:val="00597E30"/>
     <w:rsid w:val="005A4CBA"/>
     <w:rsid w:val="005B08F1"/>
     <w:rsid w:val="005B0D31"/>
     <w:rsid w:val="005B1025"/>
     <w:rsid w:val="005B3681"/>
     <w:rsid w:val="005C4F67"/>
     <w:rsid w:val="005C6745"/>
     <w:rsid w:val="005C67BD"/>
     <w:rsid w:val="005D082C"/>
     <w:rsid w:val="005D0FFA"/>
     <w:rsid w:val="005D4D11"/>
     <w:rsid w:val="005E0339"/>
     <w:rsid w:val="005E5CD8"/>
     <w:rsid w:val="005E6C56"/>
     <w:rsid w:val="005F2152"/>
     <w:rsid w:val="005F33F2"/>
     <w:rsid w:val="005F3FB3"/>
     <w:rsid w:val="005F6B03"/>
     <w:rsid w:val="00611EB0"/>
     <w:rsid w:val="00616896"/>
     <w:rsid w:val="006239DD"/>
     <w:rsid w:val="00627B98"/>
     <w:rsid w:val="006302CD"/>
     <w:rsid w:val="00631147"/>
     <w:rsid w:val="00631467"/>
     <w:rsid w:val="00632953"/>
     <w:rsid w:val="00640362"/>
     <w:rsid w:val="006413DA"/>
     <w:rsid w:val="00644CED"/>
     <w:rsid w:val="006500FE"/>
     <w:rsid w:val="00650A0F"/>
     <w:rsid w:val="00651114"/>
     <w:rsid w:val="006530BF"/>
     <w:rsid w:val="006576B4"/>
     <w:rsid w:val="006828F5"/>
     <w:rsid w:val="006830F5"/>
     <w:rsid w:val="00690F32"/>
+    <w:rsid w:val="0069104B"/>
     <w:rsid w:val="006911D3"/>
     <w:rsid w:val="00695AAD"/>
     <w:rsid w:val="00697B11"/>
     <w:rsid w:val="006A0AB4"/>
     <w:rsid w:val="006A3801"/>
     <w:rsid w:val="006A7401"/>
     <w:rsid w:val="006B06CB"/>
     <w:rsid w:val="006B33C7"/>
     <w:rsid w:val="006C4E7D"/>
     <w:rsid w:val="006C55EF"/>
     <w:rsid w:val="006C57FD"/>
     <w:rsid w:val="006C5A5A"/>
     <w:rsid w:val="006C6016"/>
     <w:rsid w:val="006D03CF"/>
     <w:rsid w:val="006D0B71"/>
     <w:rsid w:val="006D0CB4"/>
     <w:rsid w:val="006D4EC4"/>
     <w:rsid w:val="006D5B90"/>
     <w:rsid w:val="006E42A0"/>
     <w:rsid w:val="006F0AEB"/>
     <w:rsid w:val="006F1EE1"/>
     <w:rsid w:val="006F342D"/>
     <w:rsid w:val="006F3F8D"/>
     <w:rsid w:val="00703E7A"/>
     <w:rsid w:val="007054EE"/>
@@ -14596,93 +15152,97 @@
     <w:rsid w:val="007446E9"/>
     <w:rsid w:val="00745AAC"/>
     <w:rsid w:val="00746DD9"/>
     <w:rsid w:val="00750761"/>
     <w:rsid w:val="00755D79"/>
     <w:rsid w:val="0076354B"/>
     <w:rsid w:val="0077070C"/>
     <w:rsid w:val="00770CD5"/>
     <w:rsid w:val="0078586F"/>
     <w:rsid w:val="00786A41"/>
     <w:rsid w:val="00787486"/>
     <w:rsid w:val="00795070"/>
     <w:rsid w:val="00795FC7"/>
     <w:rsid w:val="007A20F6"/>
     <w:rsid w:val="007A2B06"/>
     <w:rsid w:val="007A5482"/>
     <w:rsid w:val="007B2952"/>
     <w:rsid w:val="007B2AA1"/>
     <w:rsid w:val="007B3765"/>
     <w:rsid w:val="007B5EBE"/>
     <w:rsid w:val="007C2DD8"/>
     <w:rsid w:val="007D2D51"/>
     <w:rsid w:val="007D2EE2"/>
     <w:rsid w:val="007D37F2"/>
     <w:rsid w:val="007D4499"/>
+    <w:rsid w:val="007D5EA5"/>
     <w:rsid w:val="007E0307"/>
     <w:rsid w:val="00801C86"/>
     <w:rsid w:val="008071E6"/>
     <w:rsid w:val="0081033F"/>
     <w:rsid w:val="008108C1"/>
     <w:rsid w:val="00810AA4"/>
     <w:rsid w:val="00811B80"/>
     <w:rsid w:val="00813140"/>
     <w:rsid w:val="00823F3A"/>
     <w:rsid w:val="00824351"/>
     <w:rsid w:val="008248C9"/>
     <w:rsid w:val="00825B69"/>
     <w:rsid w:val="008266B3"/>
+    <w:rsid w:val="00827469"/>
     <w:rsid w:val="00831ACE"/>
     <w:rsid w:val="0083668A"/>
     <w:rsid w:val="008378EE"/>
     <w:rsid w:val="00840223"/>
     <w:rsid w:val="00845D45"/>
     <w:rsid w:val="008467C8"/>
     <w:rsid w:val="00854A98"/>
     <w:rsid w:val="0085504B"/>
     <w:rsid w:val="008551FC"/>
     <w:rsid w:val="008607FC"/>
     <w:rsid w:val="00862438"/>
     <w:rsid w:val="00863011"/>
     <w:rsid w:val="0086590F"/>
     <w:rsid w:val="00867380"/>
     <w:rsid w:val="008762A0"/>
     <w:rsid w:val="00876559"/>
     <w:rsid w:val="00881F96"/>
+    <w:rsid w:val="008879C7"/>
     <w:rsid w:val="008902B3"/>
     <w:rsid w:val="00890EA8"/>
     <w:rsid w:val="0089117E"/>
     <w:rsid w:val="00896066"/>
     <w:rsid w:val="008A3CC1"/>
     <w:rsid w:val="008A416A"/>
     <w:rsid w:val="008A4742"/>
     <w:rsid w:val="008A52F9"/>
     <w:rsid w:val="008B7D50"/>
     <w:rsid w:val="008C0CBD"/>
     <w:rsid w:val="008C0F40"/>
     <w:rsid w:val="008C1FA5"/>
     <w:rsid w:val="008C4A35"/>
+    <w:rsid w:val="008C67AC"/>
     <w:rsid w:val="008C792A"/>
     <w:rsid w:val="008D421A"/>
     <w:rsid w:val="008D4832"/>
     <w:rsid w:val="008D664D"/>
     <w:rsid w:val="008D6991"/>
     <w:rsid w:val="008E3081"/>
     <w:rsid w:val="008E542C"/>
     <w:rsid w:val="008E5D17"/>
     <w:rsid w:val="008E7314"/>
     <w:rsid w:val="008F6D54"/>
     <w:rsid w:val="008F7185"/>
     <w:rsid w:val="009017F5"/>
     <w:rsid w:val="00901810"/>
     <w:rsid w:val="009105A7"/>
     <w:rsid w:val="009147C0"/>
     <w:rsid w:val="0091541B"/>
     <w:rsid w:val="00924E9F"/>
     <w:rsid w:val="0093049E"/>
     <w:rsid w:val="0093103A"/>
     <w:rsid w:val="00931762"/>
     <w:rsid w:val="009318F5"/>
     <w:rsid w:val="0093314E"/>
     <w:rsid w:val="00933C63"/>
     <w:rsid w:val="00934EAB"/>
     <w:rsid w:val="009416A9"/>
@@ -14827,96 +15387,98 @@
     <w:rsid w:val="00BC0C02"/>
     <w:rsid w:val="00BC1C17"/>
     <w:rsid w:val="00BC3728"/>
     <w:rsid w:val="00BC3C34"/>
     <w:rsid w:val="00BC66EE"/>
     <w:rsid w:val="00BD00EE"/>
     <w:rsid w:val="00BD06F6"/>
     <w:rsid w:val="00BD30B2"/>
     <w:rsid w:val="00BE416B"/>
     <w:rsid w:val="00BE70D2"/>
     <w:rsid w:val="00BF388C"/>
     <w:rsid w:val="00BF4B2F"/>
     <w:rsid w:val="00BF5A2E"/>
     <w:rsid w:val="00BF6B14"/>
     <w:rsid w:val="00C02F84"/>
     <w:rsid w:val="00C041D9"/>
     <w:rsid w:val="00C106B9"/>
     <w:rsid w:val="00C12980"/>
     <w:rsid w:val="00C13700"/>
     <w:rsid w:val="00C13DFC"/>
     <w:rsid w:val="00C1465B"/>
     <w:rsid w:val="00C244C7"/>
     <w:rsid w:val="00C27943"/>
     <w:rsid w:val="00C300E6"/>
     <w:rsid w:val="00C34FB4"/>
+    <w:rsid w:val="00C362EC"/>
     <w:rsid w:val="00C36AA1"/>
     <w:rsid w:val="00C41E36"/>
     <w:rsid w:val="00C42646"/>
     <w:rsid w:val="00C47E12"/>
     <w:rsid w:val="00C51BCF"/>
     <w:rsid w:val="00C57FF8"/>
     <w:rsid w:val="00C61395"/>
     <w:rsid w:val="00C61D59"/>
     <w:rsid w:val="00C669BF"/>
     <w:rsid w:val="00C71CD6"/>
     <w:rsid w:val="00C73D66"/>
     <w:rsid w:val="00C757D4"/>
     <w:rsid w:val="00C77AC3"/>
     <w:rsid w:val="00C858F3"/>
     <w:rsid w:val="00C8737B"/>
     <w:rsid w:val="00C92870"/>
     <w:rsid w:val="00C952FA"/>
     <w:rsid w:val="00C95465"/>
     <w:rsid w:val="00C95D5F"/>
     <w:rsid w:val="00CA034E"/>
     <w:rsid w:val="00CA126C"/>
     <w:rsid w:val="00CA2FBE"/>
     <w:rsid w:val="00CA536F"/>
     <w:rsid w:val="00CA540F"/>
     <w:rsid w:val="00CA562D"/>
     <w:rsid w:val="00CB2868"/>
     <w:rsid w:val="00CC3056"/>
     <w:rsid w:val="00CC6FA4"/>
     <w:rsid w:val="00CD4235"/>
     <w:rsid w:val="00CE379E"/>
     <w:rsid w:val="00CE44F2"/>
     <w:rsid w:val="00CE46E1"/>
     <w:rsid w:val="00CE5BF6"/>
     <w:rsid w:val="00CE674F"/>
     <w:rsid w:val="00CF1689"/>
     <w:rsid w:val="00CF75B7"/>
     <w:rsid w:val="00CF7E7E"/>
     <w:rsid w:val="00D010AE"/>
     <w:rsid w:val="00D14F62"/>
     <w:rsid w:val="00D16017"/>
     <w:rsid w:val="00D167D0"/>
     <w:rsid w:val="00D236EE"/>
     <w:rsid w:val="00D249C9"/>
     <w:rsid w:val="00D25D53"/>
     <w:rsid w:val="00D374B2"/>
     <w:rsid w:val="00D438E3"/>
+    <w:rsid w:val="00D505AA"/>
     <w:rsid w:val="00D573B1"/>
     <w:rsid w:val="00D6009E"/>
     <w:rsid w:val="00D608AA"/>
     <w:rsid w:val="00D67CCA"/>
     <w:rsid w:val="00D7242F"/>
     <w:rsid w:val="00D73B0B"/>
     <w:rsid w:val="00D73EA8"/>
     <w:rsid w:val="00D74BBC"/>
     <w:rsid w:val="00D75AED"/>
     <w:rsid w:val="00D8168C"/>
     <w:rsid w:val="00D86CF5"/>
     <w:rsid w:val="00D94087"/>
     <w:rsid w:val="00D9442F"/>
     <w:rsid w:val="00D946F5"/>
     <w:rsid w:val="00D9541D"/>
     <w:rsid w:val="00D9599F"/>
     <w:rsid w:val="00DA1EDD"/>
     <w:rsid w:val="00DA25D1"/>
     <w:rsid w:val="00DB01C0"/>
     <w:rsid w:val="00DB1F71"/>
     <w:rsid w:val="00DC3664"/>
     <w:rsid w:val="00DC422A"/>
     <w:rsid w:val="00DC6485"/>
     <w:rsid w:val="00DD25C5"/>
     <w:rsid w:val="00DD2D60"/>
@@ -14941,50 +15503,51 @@
     <w:rsid w:val="00E53DDC"/>
     <w:rsid w:val="00E541DB"/>
     <w:rsid w:val="00E6237C"/>
     <w:rsid w:val="00E66F66"/>
     <w:rsid w:val="00E700C7"/>
     <w:rsid w:val="00E802F6"/>
     <w:rsid w:val="00E815FD"/>
     <w:rsid w:val="00E84B15"/>
     <w:rsid w:val="00E8551E"/>
     <w:rsid w:val="00E908C0"/>
     <w:rsid w:val="00E91272"/>
     <w:rsid w:val="00E95A07"/>
     <w:rsid w:val="00EA3A01"/>
     <w:rsid w:val="00EA76B9"/>
     <w:rsid w:val="00EB49F0"/>
     <w:rsid w:val="00EB5AC6"/>
     <w:rsid w:val="00EC0254"/>
     <w:rsid w:val="00EC3ABB"/>
     <w:rsid w:val="00EC41E8"/>
     <w:rsid w:val="00ED004C"/>
     <w:rsid w:val="00ED089E"/>
     <w:rsid w:val="00ED0A6C"/>
     <w:rsid w:val="00ED0CD8"/>
     <w:rsid w:val="00ED3104"/>
     <w:rsid w:val="00EE5057"/>
+    <w:rsid w:val="00EF1000"/>
     <w:rsid w:val="00EF2E2C"/>
     <w:rsid w:val="00F01B88"/>
     <w:rsid w:val="00F12870"/>
     <w:rsid w:val="00F1314F"/>
     <w:rsid w:val="00F149A5"/>
     <w:rsid w:val="00F14B29"/>
     <w:rsid w:val="00F14D76"/>
     <w:rsid w:val="00F17128"/>
     <w:rsid w:val="00F1745F"/>
     <w:rsid w:val="00F27AA5"/>
     <w:rsid w:val="00F27BB5"/>
     <w:rsid w:val="00F339E0"/>
     <w:rsid w:val="00F43086"/>
     <w:rsid w:val="00F44E05"/>
     <w:rsid w:val="00F509D8"/>
     <w:rsid w:val="00F555E0"/>
     <w:rsid w:val="00F56230"/>
     <w:rsid w:val="00F67904"/>
     <w:rsid w:val="00F67B3F"/>
     <w:rsid w:val="00F708D6"/>
     <w:rsid w:val="00F738C5"/>
     <w:rsid w:val="00F75A3D"/>
     <w:rsid w:val="00F83C58"/>
     <w:rsid w:val="00F85089"/>
     <w:rsid w:val="00F85B17"/>
@@ -18296,84 +18859,84 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9F6A275-C485-4FB3-99E2-B2305D64838A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1836</Words>
-  <Characters>10104</Characters>
+  <Words>1905</Words>
+  <Characters>10478</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>84</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>87</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Títol</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Universitat de Barcelona</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11917</CharactersWithSpaces>
+  <CharactersWithSpaces>12359</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Teresa Mauri</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>