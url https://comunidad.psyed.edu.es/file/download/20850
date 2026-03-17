--- v4 (2026-02-02)
+++ v5 (2026-03-17)
@@ -363,99 +363,99 @@
       <w:r w:rsidR="002D70FE" w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
       <w:r w:rsidR="002D70FE" w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="191BB121" w14:textId="1EC3FCA8" w:rsidR="008266B3" w:rsidRPr="00732F4B" w:rsidRDefault="008266B3" w:rsidP="00031350">
+    <w:p w14:paraId="191BB121" w14:textId="01A99FC7" w:rsidR="008266B3" w:rsidRPr="00732F4B" w:rsidRDefault="008266B3" w:rsidP="00031350">
       <w:pPr>
         <w:spacing w:before="9" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(actualizado </w:t>
       </w:r>
-      <w:r w:rsidR="001B174A">
+      <w:r w:rsidR="00B706BE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>09</w:t>
+        <w:t>26</w:t>
       </w:r>
       <w:r w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="001B174A">
+      <w:r w:rsidR="00B706BE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>01</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>.202</w:t>
+        <w:t>.2</w:t>
       </w:r>
       <w:r w:rsidR="001B174A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C13D7BD" w14:textId="77777777" w:rsidR="004D3FFE" w:rsidRPr="00732F4B" w:rsidRDefault="004D3FFE" w:rsidP="00031350">
       <w:pPr>
         <w:spacing w:before="9" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
@@ -4545,103 +4545,105 @@
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>https://forms.gle/iBjGuZvPPTuGdDeK6</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="005F33F2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="168283BE" w14:textId="77777777" w:rsidR="005F33F2" w:rsidRPr="00732F4B" w:rsidRDefault="005F33F2" w:rsidP="005F33F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="6A6E90EE" w14:textId="77777777" w:rsidTr="00732F4B">
+      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="6A6E90EE" w14:textId="77777777" w:rsidTr="003F3FB7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="1BDEB481" w14:textId="2CC203B8" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>UB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="03FE35F2" w14:textId="77777777" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dra. Verónica Pizarro Torres</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49BF74BB" w14:textId="4949338D" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00A24C6F" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -4663,233 +4665,239 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Universidad de Chile</w:t>
             </w:r>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="50EE08CB" w14:textId="178BC47E" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MIPE-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="56D42BF0" w14:textId="0B209F08" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Conferencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="7B1C4034" w14:textId="4D95B939" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00F913DF" w:rsidP="00F913DF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Aprendizaje y Servicio en la Educación Superior Chilena: una </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24A66803" w14:textId="61F55641" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00F913DF" w:rsidP="00F913DF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>experiencia en el área de Costos e Impuestos en una universidad pública y una privada</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="1EF0FC0E" w14:textId="18B44ED8" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00174A1C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> enero</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="1E026B12" w14:textId="48758BBA" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16-18h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="32509639" w14:textId="77777777" w:rsidR="00174A1C" w:rsidRPr="00732F4B" w:rsidRDefault="00174A1C" w:rsidP="00174A1C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Facultat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
@@ -4957,103 +4965,105 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>El enlace al formulario de inscripción a la conferencia se hará público en su día en la Comunidad MIPE-DIPE</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DD25E0A" w14:textId="77777777" w:rsidR="00F913DF" w:rsidRPr="00732F4B" w:rsidRDefault="00F913DF" w:rsidP="00A11CBD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="3A795100" w14:textId="77777777" w:rsidTr="00732F4B">
+      <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="3A795100" w14:textId="77777777" w:rsidTr="003F3FB7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="700EEB96" w14:textId="42861FB5" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>UB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="49491F75" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dra.</w:t>
             </w:r>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -5070,248 +5080,223 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Universidad de Los Lagos, Chile)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="0BE13B81" w14:textId="5DB5444A" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MIPE-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="5AB48965" w14:textId="2376F994" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Conferencia presencial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="5B07D71C" w14:textId="1CC1D388" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>El rol del diálogo en la identidad reflexiva docente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="7860076F" w14:textId="6298892C" w:rsidR="00A11CBD" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">28 de </w:t>
             </w:r>
             <w:r w:rsidR="007D5EA5">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>enero</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7742C40A" w14:textId="0C39FF34" w:rsidR="001B174A" w:rsidRPr="00732F4B" w:rsidRDefault="001B174A" w:rsidP="00A11CBD">
-[...30 lines deleted...]
-          <w:p w14:paraId="56D42AD5" w14:textId="52DCB6DC" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
+          <w:p w14:paraId="56D42AD5" w14:textId="52DCB6DC" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00B706BE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="247C092B" w14:textId="170A34A6" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>12:00h.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="5B5CACF1" w14:textId="77777777" w:rsidR="00A11CBD" w:rsidRPr="00732F4B" w:rsidRDefault="00A11CBD" w:rsidP="00A11CBD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Facultat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
@@ -7054,77 +7039,59 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Universidad Casa</w:t>
             </w:r>
             <w:r w:rsidR="00054A65">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> G</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>rande, Ecuador)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="011AE578" w14:textId="528E44CA" w:rsidR="00D505AA" w:rsidRDefault="00EF1000" w:rsidP="00260E37">
-[...25 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="011AE578" w14:textId="00C637A0" w:rsidR="00D505AA" w:rsidRDefault="00D505AA" w:rsidP="00260E37">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="7FE1EF34" w14:textId="50D48ADB" w:rsidR="005328E7" w:rsidRDefault="001A5A5A" w:rsidP="00260E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
@@ -8283,50 +8250,529 @@
               <w:t>15:00-17:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5D5F3D8F" w14:textId="77777777" w:rsidR="00092633" w:rsidRDefault="00092633" w:rsidP="00C92870">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6466E7A6" w14:textId="42374502" w:rsidR="00092633" w:rsidRPr="00732F4B" w:rsidRDefault="00092633" w:rsidP="00C92870">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>El enlace al formulario de inscripción a la conferencia se hará público en su día en la Comunidad MIPE-DIPE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00770DAA" w:rsidRPr="00732F4B" w14:paraId="3077148B" w14:textId="77777777" w:rsidTr="00770DAA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="278" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E4D17DB" w14:textId="7EC20815" w:rsidR="00770DAA" w:rsidRPr="00732F4B" w:rsidRDefault="00770DAA" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>UB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="543" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E9902BA" w14:textId="415FEDD7" w:rsidR="00770DAA" w:rsidRPr="00732F4B" w:rsidRDefault="00770DAA" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Professor Ramon </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Barlam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>estudiants</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="295" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F0A6F10" w14:textId="3AE8E35F" w:rsidR="00770DAA" w:rsidRPr="00732F4B" w:rsidRDefault="00770DAA" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MIPE-DIPE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="364" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E539C52" w14:textId="005F3388" w:rsidR="00770DAA" w:rsidRPr="00732F4B" w:rsidRDefault="00770DAA" w:rsidP="00126B23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Presencial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="58A0B1A8" w14:textId="161A4AEF" w:rsidR="00770DAA" w:rsidRPr="00732F4B" w:rsidRDefault="00770DAA" w:rsidP="00126B23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00770DAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Presentació</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00770DAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> del </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00770DAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>projecte</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00770DAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PUBLI*CAT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00770DAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> del </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00770DAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Institut</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00770DAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Cal </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00770DAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Gravat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00770DAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de Manresa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="448" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="27CC58E4" w14:textId="44B51584" w:rsidR="00770DAA" w:rsidRPr="00732F4B" w:rsidRDefault="00770DAA" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17 abril </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="347" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="657AFB04" w14:textId="59ACD22D" w:rsidR="00770DAA" w:rsidRPr="00732F4B" w:rsidRDefault="00770DAA" w:rsidP="00290B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>15.30 – 16-30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="466CDCA9" w14:textId="228ECCD8" w:rsidR="00770DAA" w:rsidRPr="00732F4B" w:rsidRDefault="00770DAA" w:rsidP="00770DAA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sala de Juntes de la </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Facultat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Psicologia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="595A1722" w14:textId="77777777" w:rsidR="00770DAA" w:rsidRPr="00732F4B" w:rsidRDefault="00770DAA" w:rsidP="00770DAA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de Barcelona</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39FCC0A4" w14:textId="6D9F90C8" w:rsidR="00770DAA" w:rsidRPr="00732F4B" w:rsidRDefault="00770DAA" w:rsidP="000E7E15">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>El enlace al formulario de inscripción a la conferencia se hará público en su día en la Comunidad MIPE-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="4E32F364" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9527,67 +9973,83 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="5F6B72E1" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3823077E" w14:textId="77777777" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="00AF6E6D" w:rsidP="00AF6E6D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6BE32865" w14:textId="763330D0" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="005328E7" w:rsidP="00C92870">
+          <w:p w14:paraId="6BE32865" w14:textId="4DEC714D" w:rsidR="00AF6E6D" w:rsidRPr="00732F4B" w:rsidRDefault="005328E7" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">29 y 29 </w:t>
+              <w:t xml:space="preserve">29 y </w:t>
+            </w:r>
+            <w:r w:rsidR="00B706BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="000C4F4F" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00AF6E6D" w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>bril</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="0F0B9845" w14:textId="36F1D6D2" w:rsidR="000C4F4F" w:rsidRPr="005328E7" w:rsidRDefault="00EF1000" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -10255,145 +10717,652 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>El enlace al formulario de inscripción a la conferencia se hará público en su día en la Comunidad MIPE-DIPE</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31CF5032" w14:textId="77777777" w:rsidR="00D249C9" w:rsidRPr="00732F4B" w:rsidRDefault="00D249C9" w:rsidP="00C92870">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00B706BE" w:rsidRPr="00732F4B" w14:paraId="4592AE0F" w14:textId="77777777" w:rsidTr="00732F4B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="278" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32665DA9" w14:textId="77777777" w:rsidR="00B706BE" w:rsidRDefault="00B706BE" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14BE123B" w14:textId="74D53530" w:rsidR="00B706BE" w:rsidRPr="00732F4B" w:rsidRDefault="00B706BE" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>UB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="543" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EB22F80" w14:textId="77777777" w:rsidR="00B706BE" w:rsidRDefault="00B706BE" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5ACE2218" w14:textId="6918278D" w:rsidR="00B706BE" w:rsidRPr="00732F4B" w:rsidRDefault="00B706BE" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dra. Rosa </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Colomina</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de Barcelona)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="295" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A42B220" w14:textId="77777777" w:rsidR="00B706BE" w:rsidRDefault="00B706BE" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47F8A379" w14:textId="77777777" w:rsidR="00B706BE" w:rsidRDefault="00B706BE" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30FEE98E" w14:textId="5BB849EB" w:rsidR="00B706BE" w:rsidRPr="00732F4B" w:rsidRDefault="00B706BE" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MIPE-DIPE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="364" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DE191EC" w14:textId="77777777" w:rsidR="00B706BE" w:rsidRDefault="00B706BE" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DAB9318" w14:textId="77777777" w:rsidR="00B706BE" w:rsidRDefault="00B706BE" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E52C993" w14:textId="11A7CE8C" w:rsidR="00B706BE" w:rsidRPr="00732F4B" w:rsidRDefault="00B706BE" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Presencial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="588C6EEF" w14:textId="77777777" w:rsidR="00B706BE" w:rsidRDefault="00B706BE" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7966187D" w14:textId="77777777" w:rsidR="00B706BE" w:rsidRDefault="00B706BE" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="090BCFD7" w14:textId="1E889919" w:rsidR="00B706BE" w:rsidRPr="00732F4B" w:rsidRDefault="00B706BE" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(a concretar)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="448" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="435F8A71" w14:textId="77777777" w:rsidR="00B706BE" w:rsidRDefault="00B706BE" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="450924D6" w14:textId="77777777" w:rsidR="00B706BE" w:rsidRDefault="00B706BE" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="253130DE" w14:textId="434EE738" w:rsidR="00B706BE" w:rsidRPr="00732F4B" w:rsidRDefault="00B706BE" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6 de mayo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="347" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="768A981D" w14:textId="77777777" w:rsidR="00B706BE" w:rsidRDefault="00B706BE" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51500BD1" w14:textId="77777777" w:rsidR="00B706BE" w:rsidRDefault="00B706BE" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B2C6C3E" w14:textId="3DFA95C2" w:rsidR="00B706BE" w:rsidRPr="00732F4B" w:rsidRDefault="00B706BE" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>12:00h</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68FDE49E" w14:textId="77777777" w:rsidR="00B706BE" w:rsidRPr="00732F4B" w:rsidRDefault="00B706BE" w:rsidP="00B706BE">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Facultat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Psicologia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6F38716A" w14:textId="77777777" w:rsidR="00B706BE" w:rsidRPr="00732F4B" w:rsidRDefault="00B706BE" w:rsidP="00B706BE">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Universitat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de Barcelona</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6363DE8D" w14:textId="77777777" w:rsidR="00B706BE" w:rsidRPr="00732F4B" w:rsidRDefault="00B706BE" w:rsidP="00B706BE">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="095DA88F" w14:textId="77777777" w:rsidR="00B706BE" w:rsidRPr="00732F4B" w:rsidRDefault="00B706BE" w:rsidP="00B706BE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>El enlace al formulario de inscripción a la conferencia se hará público en su día en la Comunidad MIPE-DIPE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22417E30" w14:textId="77777777" w:rsidR="00B706BE" w:rsidRPr="00732F4B" w:rsidRDefault="00B706BE" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00092633" w:rsidRPr="00732F4B" w14:paraId="4A8504D4" w14:textId="77777777" w:rsidTr="00732F4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="278" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6FA548FA" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="32ED9223" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>URL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="543" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5F0C112B" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Dra.</w:t>
             </w:r>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Montserrat </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Castellò</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="6CFB9142" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
@@ -10426,89 +11395,91 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="295" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="524A2968" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>MIPE-DIPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="364" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="022358E5" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="21160210" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Presencial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6459F47B" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6A050D44" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
@@ -10529,66 +11500,83 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(a concretar)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A7DF24F" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> 6 mayo</w:t>
+          <w:p w14:paraId="0A7DF24F" w14:textId="08E80CAD" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> 6 </w:t>
+            </w:r>
+            <w:r w:rsidR="00B706BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>mayo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1CC572D4" w14:textId="77777777" w:rsidR="006413DA" w:rsidRPr="00732F4B" w:rsidRDefault="006413DA" w:rsidP="000D0E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
@@ -12060,61 +13048,51 @@
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59864316" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00732F4B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cal acreditar almenys 9 (5 en el cas dels estudiants matriculats a temps parcial) de les Activitats Formatives (AF) que apareixen en aquest document (veure nota). Cada sessió comptabilitza </w:t>
-[...9 lines deleted...]
-        <w:t>com una AF. En el cas d'aquelles AF que es realitzen en 2 o 3 sessions, cal participar a totes les sessions.</w:t>
+        <w:t>Cal acreditar almenys 9 (5 en el cas dels estudiants matriculats a temps parcial) de les Activitats Formatives (AF) que apareixen en aquest document (veure nota). Cada sessió comptabilitza com una AF. En el cas d'aquelles AF que es realitzen en 2 o 3 sessions, cal participar a totes les sessions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EC89BDB" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="410FD383" w14:textId="77777777" w:rsidR="003A4DD3" w:rsidRPr="00732F4B" w:rsidRDefault="003A4DD3" w:rsidP="003A4DD3">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="251" w:lineRule="auto"/>
         <w:ind w:right="209"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
@@ -12417,58 +13395,58 @@
         <w:ind w:right="209"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F85089" w:rsidRPr="00732F4B" w:rsidSect="00E05ECF">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="16820" w:h="11900" w:orient="landscape"/>
       <w:pgMar w:top="284" w:right="1100" w:bottom="1134" w:left="941" w:header="0" w:footer="896" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63FF8E8A" w14:textId="77777777" w:rsidR="0069104B" w:rsidRDefault="0069104B">
+    <w:p w14:paraId="2500DCB4" w14:textId="77777777" w:rsidR="00E92A97" w:rsidRDefault="00E92A97">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="13A716F5" w14:textId="77777777" w:rsidR="0069104B" w:rsidRDefault="0069104B">
+    <w:p w14:paraId="353A54A4" w14:textId="77777777" w:rsidR="00E92A97" w:rsidRDefault="00E92A97">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -12486,51 +13464,51 @@
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
-    <w:altName w:val="Sylfaen"/>
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000500000000020000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -12687,58 +13665,58 @@
                     <w:r w:rsidR="00B13A95">
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40ABF4BA" w14:textId="77777777" w:rsidR="0069104B" w:rsidRDefault="0069104B">
+    <w:p w14:paraId="18B4C490" w14:textId="77777777" w:rsidR="00E92A97" w:rsidRDefault="00E92A97">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A115BFD" w14:textId="77777777" w:rsidR="0069104B" w:rsidRDefault="0069104B">
+    <w:p w14:paraId="27AD594F" w14:textId="77777777" w:rsidR="00E92A97" w:rsidRDefault="00E92A97">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="37E9BC18" w14:textId="77777777" w:rsidR="00715861" w:rsidRDefault="00715861">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="031BDFE6" wp14:editId="307F652C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>1659890</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
@@ -14738,51 +15716,51 @@
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1965691833">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="935015648">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="246619368">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1180043945">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="296498978">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="148521235">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="212"/>
+  <w:zoom w:percent="196"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1077"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -14974,57 +15952,59 @@
     <w:rsid w:val="00383285"/>
     <w:rsid w:val="003876B7"/>
     <w:rsid w:val="00387E4C"/>
     <w:rsid w:val="003967BD"/>
     <w:rsid w:val="003A075E"/>
     <w:rsid w:val="003A4DD3"/>
     <w:rsid w:val="003A7EC7"/>
     <w:rsid w:val="003B5C2D"/>
     <w:rsid w:val="003B660E"/>
     <w:rsid w:val="003C045F"/>
     <w:rsid w:val="003C1BDA"/>
     <w:rsid w:val="003C226E"/>
     <w:rsid w:val="003D1017"/>
     <w:rsid w:val="003D2EB1"/>
     <w:rsid w:val="003E04CC"/>
     <w:rsid w:val="003E27D0"/>
     <w:rsid w:val="003E340C"/>
     <w:rsid w:val="003E4DD5"/>
     <w:rsid w:val="003E6187"/>
     <w:rsid w:val="003E6669"/>
     <w:rsid w:val="003E79CA"/>
     <w:rsid w:val="003F088C"/>
     <w:rsid w:val="003F0C4C"/>
     <w:rsid w:val="003F0D71"/>
     <w:rsid w:val="003F3C93"/>
+    <w:rsid w:val="003F3FB7"/>
     <w:rsid w:val="003F53EF"/>
     <w:rsid w:val="003F6AF6"/>
     <w:rsid w:val="00401E3F"/>
     <w:rsid w:val="004059B3"/>
     <w:rsid w:val="00405C34"/>
     <w:rsid w:val="004148C6"/>
     <w:rsid w:val="00416962"/>
+    <w:rsid w:val="00423A3E"/>
     <w:rsid w:val="00424F3C"/>
     <w:rsid w:val="0043072C"/>
     <w:rsid w:val="004332B0"/>
     <w:rsid w:val="00433382"/>
     <w:rsid w:val="004353E9"/>
     <w:rsid w:val="00435F7B"/>
     <w:rsid w:val="00437ADD"/>
     <w:rsid w:val="004405F1"/>
     <w:rsid w:val="00442A80"/>
     <w:rsid w:val="00443713"/>
     <w:rsid w:val="00451072"/>
     <w:rsid w:val="004516A2"/>
     <w:rsid w:val="0045298E"/>
     <w:rsid w:val="00454B8B"/>
     <w:rsid w:val="0047026C"/>
     <w:rsid w:val="004762A5"/>
     <w:rsid w:val="00476333"/>
     <w:rsid w:val="004763FA"/>
     <w:rsid w:val="00480FBE"/>
     <w:rsid w:val="004831D7"/>
     <w:rsid w:val="00483765"/>
     <w:rsid w:val="004948F9"/>
     <w:rsid w:val="00494DCF"/>
     <w:rsid w:val="00495B92"/>
     <w:rsid w:val="004A0AD3"/>
@@ -15107,78 +16087,80 @@
     <w:rsid w:val="00632953"/>
     <w:rsid w:val="00640362"/>
     <w:rsid w:val="006413DA"/>
     <w:rsid w:val="00644CED"/>
     <w:rsid w:val="006500FE"/>
     <w:rsid w:val="00650A0F"/>
     <w:rsid w:val="00651114"/>
     <w:rsid w:val="006530BF"/>
     <w:rsid w:val="006576B4"/>
     <w:rsid w:val="006828F5"/>
     <w:rsid w:val="006830F5"/>
     <w:rsid w:val="00690F32"/>
     <w:rsid w:val="0069104B"/>
     <w:rsid w:val="006911D3"/>
     <w:rsid w:val="00695AAD"/>
     <w:rsid w:val="00697B11"/>
     <w:rsid w:val="006A0AB4"/>
     <w:rsid w:val="006A3801"/>
     <w:rsid w:val="006A7401"/>
     <w:rsid w:val="006B06CB"/>
     <w:rsid w:val="006B33C7"/>
     <w:rsid w:val="006C4E7D"/>
     <w:rsid w:val="006C55EF"/>
     <w:rsid w:val="006C57FD"/>
     <w:rsid w:val="006C5A5A"/>
+    <w:rsid w:val="006C5BC6"/>
     <w:rsid w:val="006C6016"/>
     <w:rsid w:val="006D03CF"/>
     <w:rsid w:val="006D0B71"/>
     <w:rsid w:val="006D0CB4"/>
     <w:rsid w:val="006D4EC4"/>
     <w:rsid w:val="006D5B90"/>
     <w:rsid w:val="006E42A0"/>
     <w:rsid w:val="006F0AEB"/>
     <w:rsid w:val="006F1EE1"/>
     <w:rsid w:val="006F342D"/>
     <w:rsid w:val="006F3F8D"/>
     <w:rsid w:val="00703E7A"/>
     <w:rsid w:val="007054EE"/>
     <w:rsid w:val="0071259E"/>
     <w:rsid w:val="007134FB"/>
     <w:rsid w:val="00715861"/>
     <w:rsid w:val="00716AFA"/>
     <w:rsid w:val="007235B4"/>
     <w:rsid w:val="00732F4B"/>
     <w:rsid w:val="0074272E"/>
     <w:rsid w:val="007446E9"/>
     <w:rsid w:val="00745AAC"/>
     <w:rsid w:val="00746DD9"/>
     <w:rsid w:val="00750761"/>
     <w:rsid w:val="00755D79"/>
     <w:rsid w:val="0076354B"/>
     <w:rsid w:val="0077070C"/>
     <w:rsid w:val="00770CD5"/>
+    <w:rsid w:val="00770DAA"/>
     <w:rsid w:val="0078586F"/>
     <w:rsid w:val="00786A41"/>
     <w:rsid w:val="00787486"/>
     <w:rsid w:val="00795070"/>
     <w:rsid w:val="00795FC7"/>
     <w:rsid w:val="007A20F6"/>
     <w:rsid w:val="007A2B06"/>
     <w:rsid w:val="007A5482"/>
     <w:rsid w:val="007B2952"/>
     <w:rsid w:val="007B2AA1"/>
     <w:rsid w:val="007B3765"/>
     <w:rsid w:val="007B5EBE"/>
     <w:rsid w:val="007C2DD8"/>
     <w:rsid w:val="007D2D51"/>
     <w:rsid w:val="007D2EE2"/>
     <w:rsid w:val="007D37F2"/>
     <w:rsid w:val="007D4499"/>
     <w:rsid w:val="007D5EA5"/>
     <w:rsid w:val="007E0307"/>
     <w:rsid w:val="00801C86"/>
     <w:rsid w:val="008071E6"/>
     <w:rsid w:val="0081033F"/>
     <w:rsid w:val="008108C1"/>
     <w:rsid w:val="00810AA4"/>
     <w:rsid w:val="00811B80"/>
@@ -15340,50 +16322,51 @@
     <w:rsid w:val="00AF6064"/>
     <w:rsid w:val="00AF6E6D"/>
     <w:rsid w:val="00AF7DB3"/>
     <w:rsid w:val="00B04DE5"/>
     <w:rsid w:val="00B05FAA"/>
     <w:rsid w:val="00B079DE"/>
     <w:rsid w:val="00B07B74"/>
     <w:rsid w:val="00B11028"/>
     <w:rsid w:val="00B11826"/>
     <w:rsid w:val="00B13A95"/>
     <w:rsid w:val="00B157F2"/>
     <w:rsid w:val="00B17597"/>
     <w:rsid w:val="00B202F6"/>
     <w:rsid w:val="00B27998"/>
     <w:rsid w:val="00B305E9"/>
     <w:rsid w:val="00B3085F"/>
     <w:rsid w:val="00B30A73"/>
     <w:rsid w:val="00B325B3"/>
     <w:rsid w:val="00B341D8"/>
     <w:rsid w:val="00B35405"/>
     <w:rsid w:val="00B37C87"/>
     <w:rsid w:val="00B410CA"/>
     <w:rsid w:val="00B46CE4"/>
     <w:rsid w:val="00B50BA9"/>
     <w:rsid w:val="00B53BF4"/>
+    <w:rsid w:val="00B706BE"/>
     <w:rsid w:val="00B710AB"/>
     <w:rsid w:val="00B7280C"/>
     <w:rsid w:val="00B740D0"/>
     <w:rsid w:val="00B849FD"/>
     <w:rsid w:val="00B8637D"/>
     <w:rsid w:val="00B8762E"/>
     <w:rsid w:val="00B87F16"/>
     <w:rsid w:val="00B91A70"/>
     <w:rsid w:val="00B93E65"/>
     <w:rsid w:val="00B94451"/>
     <w:rsid w:val="00B95802"/>
     <w:rsid w:val="00B9645F"/>
     <w:rsid w:val="00B97286"/>
     <w:rsid w:val="00B97757"/>
     <w:rsid w:val="00B9777C"/>
     <w:rsid w:val="00BA1206"/>
     <w:rsid w:val="00BA19EE"/>
     <w:rsid w:val="00BA2CBE"/>
     <w:rsid w:val="00BA2FD3"/>
     <w:rsid w:val="00BA60D0"/>
     <w:rsid w:val="00BB625A"/>
     <w:rsid w:val="00BC0AA6"/>
     <w:rsid w:val="00BC0C02"/>
     <w:rsid w:val="00BC1C17"/>
     <w:rsid w:val="00BC3728"/>
@@ -15489,50 +16472,51 @@
     <w:rsid w:val="00E00698"/>
     <w:rsid w:val="00E00BFF"/>
     <w:rsid w:val="00E00DB5"/>
     <w:rsid w:val="00E022F4"/>
     <w:rsid w:val="00E05ECF"/>
     <w:rsid w:val="00E077DA"/>
     <w:rsid w:val="00E1049C"/>
     <w:rsid w:val="00E164E2"/>
     <w:rsid w:val="00E249D2"/>
     <w:rsid w:val="00E24BAA"/>
     <w:rsid w:val="00E32B38"/>
     <w:rsid w:val="00E34DF8"/>
     <w:rsid w:val="00E47D12"/>
     <w:rsid w:val="00E519D9"/>
     <w:rsid w:val="00E53DDC"/>
     <w:rsid w:val="00E541DB"/>
     <w:rsid w:val="00E6237C"/>
     <w:rsid w:val="00E66F66"/>
     <w:rsid w:val="00E700C7"/>
     <w:rsid w:val="00E802F6"/>
     <w:rsid w:val="00E815FD"/>
     <w:rsid w:val="00E84B15"/>
     <w:rsid w:val="00E8551E"/>
     <w:rsid w:val="00E908C0"/>
     <w:rsid w:val="00E91272"/>
+    <w:rsid w:val="00E92A97"/>
     <w:rsid w:val="00E95A07"/>
     <w:rsid w:val="00EA3A01"/>
     <w:rsid w:val="00EA76B9"/>
     <w:rsid w:val="00EB49F0"/>
     <w:rsid w:val="00EB5AC6"/>
     <w:rsid w:val="00EC0254"/>
     <w:rsid w:val="00EC3ABB"/>
     <w:rsid w:val="00EC41E8"/>
     <w:rsid w:val="00ED004C"/>
     <w:rsid w:val="00ED089E"/>
     <w:rsid w:val="00ED0A6C"/>
     <w:rsid w:val="00ED0CD8"/>
     <w:rsid w:val="00ED3104"/>
     <w:rsid w:val="00EE5057"/>
     <w:rsid w:val="00EF1000"/>
     <w:rsid w:val="00EF2E2C"/>
     <w:rsid w:val="00F01B88"/>
     <w:rsid w:val="00F12870"/>
     <w:rsid w:val="00F1314F"/>
     <w:rsid w:val="00F149A5"/>
     <w:rsid w:val="00F14B29"/>
     <w:rsid w:val="00F14D76"/>
     <w:rsid w:val="00F17128"/>
     <w:rsid w:val="00F1745F"/>
     <w:rsid w:val="00F27AA5"/>
@@ -18859,84 +19843,84 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9F6A275-C485-4FB3-99E2-B2305D64838A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1905</Words>
-  <Characters>10478</Characters>
+  <Words>1994</Words>
+  <Characters>10968</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>87</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>91</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Títol</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Universitat de Barcelona</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12359</CharactersWithSpaces>
+  <CharactersWithSpaces>12937</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Teresa Mauri</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>